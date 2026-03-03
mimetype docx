--- v0 (2025-12-05)
+++ v1 (2026-03-03)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="01E48CAC" w14:textId="0F09B493" w:rsidR="007021EF" w:rsidRDefault="00CD4A38">
+    <w:p w14:paraId="01E48CAC" w14:textId="47B8C20D" w:rsidR="007021EF" w:rsidRDefault="00CD4A38">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD4A38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>UAB</w:t>
       </w:r>
       <w:r w:rsidR="003837FF" w:rsidRPr="00CD4A38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
@@ -91,212 +91,377 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="007021EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="007021EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (updated 12/2025)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="254162E9" w14:textId="77777777" w:rsidR="0017466F" w:rsidRDefault="0017466F" w:rsidP="0017466F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="142219D1" w14:textId="77777777" w:rsidR="00805C0D" w:rsidRDefault="00805C0D" w:rsidP="00805C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DCE4AB0" w14:textId="64D32AE9" w:rsidR="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
+    <w:p w14:paraId="0DCE4AB0" w14:textId="442C826F" w:rsidR="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017466F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>The Daniel Jones Excellence in Graduate Studies Travel Award ($1000)</w:t>
+        <w:t>The Daniel Jones Excellence in Graduate Studies Travel Award (</w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">up to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>$1</w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>00)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75DEBC6B" w14:textId="77777777" w:rsidR="0017466F" w:rsidRPr="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E140141" w14:textId="212A2987" w:rsidR="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
+    <w:p w14:paraId="3E140141" w14:textId="60DA52BC" w:rsidR="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017466F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This award will be presented to </w:t>
       </w:r>
-      <w:r w:rsidRPr="0017466F">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> who have shown exemplary progress towards their degree and who will travel to a scientific conference and present their research results in an oral or poster format. Any PhD student in good standing can apply (including attendance at BY 678 Biology Graduate Seminar and completion of the graduate annual review if you have been a graduate student for over 1 year).</w:t>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Biology </w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8" w:rsidRPr="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>graduate students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(MS or PhD) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who have shown exemplary progress towards their degree and who will travel to a scientific conference and present their research results in an oral or poster format. Any </w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Biology graduate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> student in good standing can apply (</w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>good standing is determined by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attendance </w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>BY 678 Biology Graduate Seminar and completion of the graduate annual review if you have been a graduate student for over 1 year).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="563D2A51" w14:textId="77777777" w:rsidR="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="619DF69A" w14:textId="77777777" w:rsidR="0017466F" w:rsidRPr="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
-[...27 lines deleted...]
-    <w:p w14:paraId="1CF2AE33" w14:textId="77777777" w:rsidR="0017466F" w:rsidRPr="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
+    <w:p w14:paraId="619DF69A" w14:textId="28C729C0" w:rsidR="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Up to $1</w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 is available for each of </w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>eight</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>graduate students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> annually. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B057FB" w14:textId="77777777" w:rsidR="00057CD8" w:rsidRPr="0017466F" w:rsidRDefault="00057CD8" w:rsidP="00805C0D">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="040A5F32" w14:textId="2A88779E" w:rsidR="0017466F" w:rsidRPr="0017466F" w:rsidRDefault="00057CD8" w:rsidP="00805C0D">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Details:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF2AE33" w14:textId="22D3D81F" w:rsidR="0017466F" w:rsidRPr="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017466F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Individuals are eligible to receive the Jones Travel Award up to three times. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="25119460" w14:textId="77777777" w:rsidR="0017466F" w:rsidRPr="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
+        <w:t>Individuals are eligible to receive the Jones Award</w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> once yearly and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> up to three times</w:t>
+      </w:r>
+      <w:r w:rsidR="009E707B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25119460" w14:textId="078A6142" w:rsidR="0017466F" w:rsidRPr="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017466F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Students must meet seminar attendance policies (BY 678 Biology Graduate Seminar) to qualify for either award.</w:t>
+        <w:t>Students must meet seminar attendance policies (BY 678 Biology Graduate Seminar) to qualify for</w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017466F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> award.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E75E30B" w14:textId="77777777" w:rsidR="0017466F" w:rsidRPr="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017466F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Students must have completed their graduate annual review (if they have been a graduate student in the program for more than 1 year)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B93F15D" w14:textId="77777777" w:rsidR="0017466F" w:rsidRPr="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
@@ -689,190 +854,175 @@
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="haw-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017466F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">abstract (less than 100 words) of the proposed research presenting </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC5378B" w14:textId="2191C8C6" w:rsidR="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34EB23EB" w14:textId="1DE9DE78" w:rsidR="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
+    <w:p w14:paraId="34EB23EB" w14:textId="0F90049E" w:rsidR="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="haw-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A34CD">
-[...26 lines deleted...]
-        <w:t>September 1</w:t>
+      <w:r w:rsidRPr="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applications for the Jones Award </w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8" w:rsidRPr="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>will be reviewed on a rolling, as needed basis</w:t>
+      </w:r>
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>. Applications take one month to review, plan accordingly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D80BA2C" w14:textId="1E2D31A7" w:rsidR="0017466F" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A677A2F" w14:textId="79423278" w:rsidR="0017466F" w:rsidRPr="0085664C" w:rsidRDefault="0017466F" w:rsidP="00805C0D">
+    <w:p w14:paraId="050706FF" w14:textId="6AD9F8E7" w:rsidR="0017466F" w:rsidRPr="009D58C1" w:rsidRDefault="0017466F" w:rsidP="009D58C1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085664C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Applications should be submitted to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:tooltip="mailto:graduatebio@uab.edu" w:history="1">
-        <w:r w:rsidRPr="0085664C">
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="00057CD8" w:rsidRPr="00CB029B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>graduatebio@uab.edu</w:t>
+          <w:t>harrisml@uab.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0085664C">
-[...16 lines deleted...]
-    <w:sectPr w:rsidR="0017466F" w:rsidSect="00744B4C">
+      <w:r w:rsidR="00057CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0017466F" w:rsidRPr="009D58C1" w:rsidSect="00744B4C">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C3D6E32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23141BBA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -1284,103 +1434,110 @@
       <w:pPr>
         <w:ind w:left="6535" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1092166562">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1312173850">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="342628811">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1884563136">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+  <w:zoom w:percent="158"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003837FF"/>
+    <w:rsid w:val="00057CD8"/>
     <w:rsid w:val="000A34CD"/>
     <w:rsid w:val="000C79EF"/>
     <w:rsid w:val="000D6D02"/>
+    <w:rsid w:val="000E2E4B"/>
     <w:rsid w:val="000E4E8B"/>
     <w:rsid w:val="00110D1E"/>
     <w:rsid w:val="00160203"/>
     <w:rsid w:val="0017466F"/>
     <w:rsid w:val="00242051"/>
     <w:rsid w:val="002713BE"/>
     <w:rsid w:val="00286863"/>
     <w:rsid w:val="002A6B65"/>
     <w:rsid w:val="002B7BA3"/>
     <w:rsid w:val="00302790"/>
     <w:rsid w:val="00306F14"/>
     <w:rsid w:val="003438C9"/>
     <w:rsid w:val="003504BC"/>
     <w:rsid w:val="003837FF"/>
     <w:rsid w:val="004709AC"/>
+    <w:rsid w:val="004E709C"/>
     <w:rsid w:val="00502673"/>
     <w:rsid w:val="00601925"/>
     <w:rsid w:val="0061368F"/>
     <w:rsid w:val="00636BE0"/>
     <w:rsid w:val="00651E4E"/>
+    <w:rsid w:val="0068185B"/>
     <w:rsid w:val="007021EF"/>
     <w:rsid w:val="00744B4C"/>
     <w:rsid w:val="00792681"/>
     <w:rsid w:val="007951B3"/>
     <w:rsid w:val="007A144D"/>
     <w:rsid w:val="00805C0D"/>
     <w:rsid w:val="0085664C"/>
     <w:rsid w:val="00890AEE"/>
     <w:rsid w:val="008C5ABC"/>
     <w:rsid w:val="008E0EE4"/>
     <w:rsid w:val="00931D3D"/>
+    <w:rsid w:val="009D58C1"/>
+    <w:rsid w:val="009E707B"/>
     <w:rsid w:val="00A07908"/>
     <w:rsid w:val="00A53D61"/>
     <w:rsid w:val="00B629C3"/>
     <w:rsid w:val="00CD421B"/>
     <w:rsid w:val="00CD4A38"/>
+    <w:rsid w:val="00D0476C"/>
     <w:rsid w:val="00D0617F"/>
     <w:rsid w:val="00D12EE8"/>
     <w:rsid w:val="00DA3D61"/>
     <w:rsid w:val="00E47916"/>
     <w:rsid w:val="00EE714D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -1851,51 +2008,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0085664C"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:graduatebio@uab.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harrisml@uab.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2154,90 +2311,91 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>334</Words>
-  <Characters>1909</Characters>
+  <Words>350</Words>
+  <Characters>2000</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2239</CharactersWithSpaces>
+  <CharactersWithSpaces>2346</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Harris, Melissa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SetDate">
     <vt:lpwstr>2025-07-07T14:38:00Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Name">
     <vt:lpwstr>Sensitive</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SiteId">
     <vt:lpwstr>d8999fe4-76af-40b3-b435-1d8977abc08c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ActionId">
     <vt:lpwstr>36b78ec1-63f7-446a-9390-f9bfebb9b779</vt:lpwstr>
   </property>