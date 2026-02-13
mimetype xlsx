--- v0 (2025-12-17)
+++ v1 (2026-02-13)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab365.sharepoint.com/sites/grp-fa-finsys/Shared Documents/General/GL/Object Codes/DUE FROM &amp; TO CEH/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uab365.sharepoint.com/sites/grp-fa-finsys/Shared Documents/General/GL/Object Codes/Institutional NIL Revenue Share/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3504FEF9-E5E6-45DD-BE17-E7B262613AF8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="8_{0FE6D043-E430-4CF8-94BD-0860A08506FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CDFBAB0C-F7FB-43CB-93CE-24EED249D314}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{64F33483-050C-43A2-88D4-6D921AE5C44E}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{80F0A0BC-C29E-458C-AA9C-DA626AABBEFB}"/>
   </bookViews>
   <sheets>
     <sheet name="ObjectCodeList" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ObjectCodeList!$A$1:$H$1369</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ObjectCodeList!$A$1:$H$1372</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8214" uniqueCount="2686">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8232" uniqueCount="2690">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>OBJECT_CODE</t>
   </si>
   <si>
     <t>MAJOR_RANGE</t>
   </si>
   <si>
     <t>MINOR_RANGE</t>
   </si>
   <si>
     <t>SUMMARY_RANGE</t>
   </si>
   <si>
     <t>TITLE</t>
   </si>
   <si>
     <t>DEFINITION</t>
   </si>
   <si>
     <t>REQUIRED</t>
   </si>
   <si>
@@ -5739,81 +5742,81 @@
   <si>
     <t>SUPP-OTHER SHOP SUPPL</t>
   </si>
   <si>
     <t>(FOR MINOR MAINTENANCE SHOP PARTS WHICH ARE NOT TO BE RECHARGED OUT AS THEY ARE USED AND THEREFORE ARE NOT INVENTORIED, CARPENTRY TOOLS, ETC. USED IN SHOP WORK. )</t>
   </si>
   <si>
     <t>NONCAP EQUIP</t>
   </si>
   <si>
     <t>SUPP-DIETARY TOOLS</t>
   </si>
   <si>
     <t>(FOR PURCHASES OF DIETARY/CATERING TOOLS AND WARES SUCH AS SILVERWARE, TRAYS, DISHES, COOKING UTENSILS, ETC.)</t>
   </si>
   <si>
     <t>SUPP-ATHLETIC EQUIP</t>
   </si>
   <si>
     <t>(FOR PURCHASES OF ATHLETIC EQUIPMENT, SUCH AS SOCCER BALLS, BASEBALL GLOVES, STOPWATCHES, EXERCISE EQUPMENT, ETC.)</t>
   </si>
   <si>
     <t>SUPP-NONCAP COMP HDW</t>
   </si>
   <si>
-    <t>(FOR PURCHASES OF HOSPITAL COMPUTER HARDWARE UNDER $2000. UNTIL 10/1/05, FOR PURCHASES OF NON-HOSPITAL COMPUTER HARDWARE UNDER $2000. EFFECTIVE 10/1/05, FOR PURCHASES OF NON-HOSPITAL COMPUTER HARDWARE UNDER $5000. FOR CAPITAL ITEMS, USE THE CAPITAL EXPENDIUTURE OBJECT CODES INSTEAD.)</t>
+    <t>(FOR PURCHASES OF HOSPITAL COMPUTER HARDWARE UNDER $2000. THRESHOLD CHANGE EFFECTIVE 10/1/25, FOR PURCHASES OF UNIVERSITY COMPUTER HARDWARE UNDER $10,000. FOR CAPITAL ITEMS, USE THE CAPITAL EXPENDIUTURE OBJECT CODES INSTEAD.)</t>
   </si>
   <si>
     <t>SUPP-NONCAP SFTWARE</t>
   </si>
   <si>
-    <t>(FOR PURCHASES OF COMPUTER SOFTWARE COSTING UNDER $5,000. FOR CAPITAL ITEMS, USE THE CAPITAL EXPENDITURE OBJECT CODES INSTEAD.)</t>
+    <t>(FOR PURCHASES OF COMPUTER SOFTWARE COSTING UNDER $5,000 FOR HOSPITAL AND UNDER $10,000 FOR UNIVERSITY.  FOR CAPITAL ITEMS, USE THE CAPITAL EXPENDITURE OBJECT CODES INSTEAD.)</t>
   </si>
   <si>
     <t>SUPP-NONCAP MED FACILITY EQUIP</t>
   </si>
   <si>
     <t>(INCLUDES OPERATING ROOM LIGHTING, PATIENT CUBICLE CURTAINS OR SCREENS OR CURTAIN TRACK HARDWARE, MEDICAL GAS PRODUCTS, PATIENT BEDS AND ACCESSORIES, CLINICAL CABINETRY, CLINICAL PROCEDURE AND EXAMINATION TABLES, PATIENT TRANSPORT PRODUCTS, PATIENT LIFTS, MEDICAL CARTS, MEDICAL EQUIPMENT COVERS, MEDICATION DISPENSING AND MEASURING DEVICES AND SUPPLIES.)</t>
   </si>
   <si>
     <t>SUPP-NONCAP ENDO EQUIP</t>
   </si>
   <si>
     <t>(INCLUDES ENDOSCOPE MAINTENANCE UNITS OR ACCESSORIES, ENDOSCOPIC IMAGING SYSTEMS OR ACCESSORIES, ENDOSCOPIC INSUFFLATION OR DISTENTION UNITS OR ACCESSORIES, ENDOSCOPIC OR SURGICAL LIGHT SOURCES OR ACCESSORIES, ENDOSCOPIC PRINTERS OR ACCESSORIES, ENDOSCOPIC VIDEO CAMERAS OR RECORDERS OR ADAPTERS OR ACCESSORIES, ENDOSCOPIC WATER BOTTLES OR ACCESSORIES, ENDOSCOPE TIP PROTECTOR OR COVERS.)</t>
   </si>
   <si>
     <t>SUPP-NONCAP PHOTO &amp; A/V EQUIP</t>
   </si>
   <si>
     <t>(INCLUDES PHOTOGRAPHIC OR FILMING OR VIDEO EQUIPMENT, PHOTOGRAPHIC AND RECORDING MEDIA, CAMERA ACCESSORIES.)</t>
   </si>
   <si>
-    <t>NONCAP GAP EQUIP</t>
-[...2 lines deleted...]
-    <t>(MUST BE USED DURING FISCAL YEAR 10/1/05-9/30/06 FOR ALL SPONSORED PROJECT PURCHASES OF NONCAPITAL EQUIPMENT ITEMS COSTING IN THE RANGE FROM $2,000.00 THRU $4,999.99. THIS COST MUST BE CONSISTENTLY ISOLATED FOR PURPOSES OF EXCLUDING IT FROM THE INDIRECT COST EXPENSE CALCULATIONS.)</t>
+    <t>NONCAP GAP FOR GRANTS EQUIP</t>
+  </si>
+  <si>
+    <t>(MUST BE USED DURING FISCAL YEAR 10/1/25-9/30/26 FOR ALL SPONSORED PROJECT PURCHASES OF NONCAPITAL EQUIPMENT ITEMS COSTING IN THE RANGE FROM $5,000.00 THRU $9,999.99. THIS COST MUST BE CONSISTENTLY ISOLATED FOR PURPOSES OF EXCLUDING IT FROM THE INDIRECT COST EXPENSE CALCULATIONS.)</t>
   </si>
   <si>
     <t>SUPP-OTH NONCAP EQUIP</t>
   </si>
   <si>
     <t>(FOR PURCHASES OF NONCAPITAL EQUIPMENT OR TOOLS NOT MORE APPROPRIATELY CHARGED ELSEWHERE IN THIS RANGE. FOR CAPITAL ITEMS, USE THE CAPITAL EXPENDITURE OBJECT CODES INSTEAD.)</t>
   </si>
   <si>
     <t>OTHER SUPPLIES</t>
   </si>
   <si>
     <t>SUPP-ANIMAL PURCHASES</t>
   </si>
   <si>
     <t>(FOR ACTUAL COST OF LIVE ANIMALS FOR RESEARCH OR FOR INSTRUCTION PURPOSES. NOT FOR PER DIEM CHARGES.)</t>
   </si>
   <si>
     <t>SUPP-ANIMAL PHARMACY</t>
   </si>
   <si>
     <t>(FOR PURCHASES OF ANIMAL PHARMACEUTICALS.)</t>
   </si>
   <si>
     <t>SUPP-MATERIAL HANDLING</t>
   </si>
@@ -6526,50 +6529,53 @@
     <t>SUBJECT SERV TRAVEL</t>
   </si>
   <si>
     <t>(FOR INDIVIDUAL INDEPENDENT CONTRACTOR ACCOUNTABLE TRAVEL PLAN PAYMENTS RELATED TO "SUBJECT SERVICE FEES".)</t>
   </si>
   <si>
     <t>ADVERTISING</t>
   </si>
   <si>
     <t>EMPLOYMENT ADVERTISING</t>
   </si>
   <si>
     <t>(FOR ADVERTISING BY, OR UNDER THE DIRECTION OF, UAB EMPLOYMENT OFFICE OF OPEN EMPLOYEE POSITIONS. ONLY FOR TRUE EMPLOYEE POSITIONS, NOT FOR TRAINEE FELLOWSHIPS. THIS OBJ CD MUST NOT BE USED FOR EMPLOYEE REIMBURSEMENTS. SUBJECT TO IRS 1099 REPORTING.)</t>
   </si>
   <si>
     <t>PUBLIC REL/ADV SERV</t>
   </si>
   <si>
     <t>(FOR GENERAL PUBLIC RELATIONS EXPENDITURES, SUCH AS INSTITUTIONAL PROMOTION, OTHER THAN THOSE MORE APPROPRIATELY CODED ON OBJ CD 8604530. THIS OBJ CD MUST NOT BE USED FOR EMPLOYEE REIMBURSEMENTS. SUBJECT TO IRS 1099 REPORTING.)</t>
   </si>
   <si>
     <t>REIMB PUBLIC REL SERV</t>
   </si>
   <si>
     <t>(TO REIMBURSE UAB EMPLOYEES FOR PAYMENTS THEY MADE ON BEHALF OF UAB TO NON-INDIVIDUAL VENDORS FOR GENERAL PUBLIC RELATIONS EXPENDITURES, SUCH AS INSTITUTIONAL PROMOTION-TABLE RENTAL AT CONFERENCES OR SUBMISSION FEES FOR CONTEST/COMPETITION ENTRY. THIS OBJECT CODE SHOULD ONLY BE USED FOR REIMBURSEMENTS TO UAB EMPLOYEES IF THE SERVICE CAN ONLY BE PURCHASED BY CREDIT/DEBIT CARD.  MUST NEVER USE THIS OBJECT CODE FOR SERVICES PROVIDED BY AN INDIVIDUAL CONTRACTOR.)</t>
+  </si>
+  <si>
+    <t>INST NIL REV SHARE</t>
   </si>
   <si>
     <t>SUBJ/TR/POSTDOC ADV</t>
   </si>
   <si>
     <t>(FOR THE COST OF ADVERTISING FOR RESEARCH SUBJECTS, SPECIFIC POSTDOC OR TRAINEE OPPORTUNITIES, ETC.   THIS OBJECT CODE MAY ALSO BE USED FOR REIMBURSEMENTS TO UAB EMPLOYEES IF THE SERVICE CAN ONLY BE PURCHASED BY CREDIT/DEBIT CARD.  MUST NEVER USE THIS OBJECT CODE FOR SERVICES PROVIDED BY AN INDIVIDUAL CONTRACTOR.)</t>
   </si>
   <si>
     <t>SURPLUS PROPERTY ADV</t>
   </si>
   <si>
     <t>(FOR ADVERTISING COSTS ASSOCIATED WITH UAB SURPLUS PROPERTY AUCTIONS OR SEALED BID SALES. SUBJECT TO IRS 1099 REPORTING.)</t>
   </si>
   <si>
     <t>REIMB OTHER ADV SERV</t>
   </si>
   <si>
     <t>(TO REIMBURSE EMPLOYEES FOR PAYMENTS THEY MADE ON BEHALF OF UAB TO NON-INDIVIDUAL VENDORS FOR ADVERTISING NOT MORE APROPRIATELY CLASSIFIED ABOVE.)</t>
   </si>
   <si>
     <t>OTHER ADVERTISING SERV</t>
   </si>
   <si>
     <t>(FOR ADVERTISING NOT MORE APROPRIATELY CLASSIFIED ABOVE. SUBJECT TO IRS 1099 REPORTING.)</t>
   </si>
@@ -7772,50 +7778,56 @@
   <si>
     <t>UAB AF SUPPORT</t>
   </si>
   <si>
     <t>(FOR SUPPORT PAYMENTS TO UAB FROM THE SEPARATE LEGAL ENTITY WHICH IS THE UAB ATHLETICS FOUNDATION. ONLY TO BE USED WITH THE EXPRESS PERMISSION OF THE UAB CONTROLLER. IF BEING DEBITED BY JOURNAL ENTRY IN UAB'S ACCOUNTING SYSTEM, THE OTHER SIDE OF THE ENTRY MUST BE ON OBJECT CODE 6609985.)</t>
   </si>
   <si>
     <t>STU LN FD REMIT</t>
   </si>
   <si>
     <t>(ONLY TO BE USED IN STUDENT LOAN FUNDS FOR REMITTING UNUSED BALANCES TO THE SPONSOR/PROVIDER.)</t>
   </si>
   <si>
     <t>SUBCONTRACTS</t>
   </si>
   <si>
     <t>SUBCONTRACTS&lt;$25K</t>
   </si>
   <si>
     <t>(ONLY FOR USE IN SPONSORED GRANTS/CONTRACTS, AS REQUIRED PER FEDERAL REGULATIONS. SUBJECT TO IRS 1099 REPORTING.)</t>
   </si>
   <si>
     <t>SUBCONTRACTS&gt;$25K</t>
   </si>
   <si>
+    <t>SUBCONTRACTS&lt;$50K</t>
+  </si>
+  <si>
+    <t>SUBCONTRACTS&gt;$50K</t>
+  </si>
+  <si>
     <t>CONTRA-EXPENSES</t>
   </si>
   <si>
     <t>INTRA-HOSP INT S/S</t>
   </si>
   <si>
     <t>(ONLY FOR USE IN HOSPITAL GENERAL OPERATING ACCOUNTS. TO RECORD SALES/SERVICES BY UAB HOSPITAL UNITS TO OTHER UAB HOSPITAL ACCOUNTS AT COST, I.E. SALES/SERVICES WITHIN THE HOSPITAL. FOR EXTERNAL FINANCIAL REPORTING PURPOSES, TREATED AS COST RECLASSIFICATIONS OR CONTRA-EXPENSE.)</t>
   </si>
   <si>
     <t>OTC VCS ENDOW SPEND</t>
   </si>
   <si>
     <t>(ONLY FOR USE IN ENDOWMENT SPENDING ACCOUNTS. TO RECORD OVER THE CAP VOLUNTARY COST SHARE. FOR EXTERNAL FINANCIAL REPORTING PURPOSES, TREATED AS COST RECLASSIFICATION.)</t>
   </si>
   <si>
     <t>GTOVEXP VCS ENDOW SPEND</t>
   </si>
   <si>
     <t>(ONLY FOR USE IN ENDOWMENT SPENDING ACCOUNTS. TO RECORD GRANT OVEREXPENDITURES VOLUNTARY COST SHARE. FOR EXTERNAL FINANCIAL REPORTING PURPOSES, TREATED AS COST RECLASSIFICATION.)</t>
   </si>
   <si>
     <t>VACANT SALARY SAVINGS</t>
   </si>
   <si>
     <t>(FOR BUDGET PURPOSES ONLY TO BE USED TO ESTABLISH VACANT SALARY CONTIGENCY ).</t>
@@ -8000,69 +8012,69 @@
   <si>
     <t>BUILDINGS&amp;BLDG IMPROV</t>
   </si>
   <si>
     <t>(FOR RECORDING PURCHASES OR GIFT ACQUISITIONS OF BUILDINGS &amp; BUILDING IMPROVEMENTS; BUT MUST BE USED ONLY IN SPECIAL ACCOUNTS PREDEFINED TO CAPITALIZATION PROGRAMMING.)</t>
   </si>
   <si>
     <t>(FOR RECORDING PURCHASES OR GIFT ACQUISITIONS OF INSTITUTIONALLY-RECOGNIZED FIXED EQUIPMENT SYSTEMS, SUCH AS THE TELECOMMUNICATIONS SYSTEM; BUT MUST BE USED ONLY IN SPECIAL ACCOUNTS PREDEFINED TO CAPITALIZATION PROGRAMMING.)</t>
   </si>
   <si>
     <t>LIGHT TRANSP VEHICLES</t>
   </si>
   <si>
     <t>(FOR RECORDING PURCHASES OR GIFT ACQUISITIONS OF LIGHT TRANSPORTATION VEHICLES SUCH AS PASSENGER CARS, VANS, STATION WAGONS, AND LIGHT GENERAL PURPOSE PICKUP TRUCKS. )</t>
   </si>
   <si>
     <t>HEAVY WORK VEHICLES</t>
   </si>
   <si>
     <t>(FOR RECORDING PURCHASES OR GIFT ACQUISITIONS OF EQUIPMENT SUCH AS TRUCKS INTENDED FOR HEAVY-DUTY USE, BUSSES, TOW TRUCKS, BULLDOZERS, FORKLIFTS, TRACTORS, ETC.)</t>
   </si>
   <si>
     <t>MAJOR COMPUTER SOFTW</t>
   </si>
   <si>
-    <t>(FOR RECORDING PURCHASES OR GIFT ACQUISITIONS OF COMPUTER SOFTWARE ITEMS WITH A COST OF $5,000 OR MORE PER UNIT.)</t>
+    <t>(FOR RECORDING PURCHASES OR GIFT ACQUISITIONS OF COMPUTER SOFTWARE ITEMS WITH A COST OF $5,000 OR MORE FOR HOSPITAL AND $10,000 OR MORE FOR UNIVERSITY PER UNIT.)</t>
   </si>
   <si>
     <t>COMPUTER HARDWARE</t>
   </si>
   <si>
-    <t>(FOR RECORDING PURCHASES OR GIFT ACQUISITIONS OF HOSPITAL PERSONAL COMPUTERS, DISK DRIVES, MAINFRAME COMPUTERS, ETC. : UNTIL 10/1/05, FOR HOSPITAL &amp; UNIVERSITY PURCHASES WITH A COST OF $2,000 OR MORE PER UNIT ; EFFECTIVE 10/1/05 FOR HOSPITAL PURCHASES, STILL $2000 OR MORE PER UNIT; EFFECTIVE 10/1/05, FOR UNIVERSITY PURCHASES, THRESHHOLD INCREASED TO $5000 OR MORE PER UNIT.)</t>
+    <t>(FOR RECORDING PURCHASES OR GIFT ACQUISITIONS OF HOSPITAL PERSONAL COMPUTERS, DISK DRIVES, MAINFRAME COMPUTERS, ETC. : EFFECTIVE 10/1/2025  HOSPITAL PURCHASES,  $2000 OR MORE PER UNIT; UNIVERSITY THRESHHOLD INCREASED TO $10,000 OR MORE PER UNIT.)</t>
   </si>
   <si>
     <t>ART/HISTOR COLLECTIONS</t>
   </si>
   <si>
-    <t>(FOR RECORDING RARE PURCHASES OR GIFT ACQUISITIONS OF CAPITAL WORKS OF ART SUCH AS SCULPTURES OR PAINTINGS, ANTIQUE FURNITURE, DOCUMENTS, OR OTHER OBJECTS DISPLAYED FOR THEIR HISTORICAL OR CULTURAL SIGNIFICANCE. DOES NOT INCLUDE ITEMS DISPLAYED PRIMARILY FOR DECORATIVE PURPOSES. ALSO INCLUDES MUSEUM COLLECTIONS, BUT NOT ORDINARY LIBRARY MATERIALS. UNTIL 10/1/05, FOR HOSPITAL &amp; UNIVERSITY PURCHASES WITH A COST OF $2,000 OR MORE PER UNIT ; EFFECTIVE 10/1/05 FOR HOSPITAL PURCHASES, STILL $2000 OR MORE PER UNIT; EFFECTIVE 10/1/05, FOR UNIVERSITY PURCHASES, THRESHHOLD INCREASED TO $5000 OR MORE PER UNIT.)</t>
+    <t xml:space="preserve">(FOR RECORDING RARE PURCHASES OR GIFT ACQUISITIONS OF CAPITAL WORKS OF ART SUCH AS SCULPTURES OR PAINTINGS, ANTIQUE FURNITURE, DOCUMENTS, OR OTHER OBJECTS DISPLAYED FOR THEIR HISTORICAL OR CULTURAL SIGNIFICANCE. DOES NOT INCLUDE ITEMS DISPLAYED PRIMARILY FOR DECORATIVE PURPOSES. ALSO INCLUDES MUSEUM COLLECTIONS, BUT NOT ORDINARY LIBRARY MATERIALS. EFFECTIVE 10/1/2025 HOSPITAL PURCHASES WITH A COST OF $2,000 OR MORE PER UNIT, UNIVERSITY THRESHOLD INCREASED TO $10,000 PER UNIT; </t>
   </si>
   <si>
     <t>OTH INVENTORIED EQUIP</t>
   </si>
   <si>
-    <t>(FOR RECORDING PURCHASES OR GIFT ACQUISITIONS OF MISC EQUIPMENT ITEMS NOT MORE APPROPRIATELY CODED TO ANOTHER CAPITAL EQUIPMENT CATEGORY AND NOT PART OF UAB REAL ESTATE: UNTIL 10/1/05, FOR HOSPITAL &amp; UNIVERSITY PURCHASES WITH A COST OF $2,000 OR MORE PER UNIT ; EFFECTIVE 10/1/05 FOR HOSPITAL PURCHASES, STILL $2000 OR MORE PER UNIT; EFFECTIVE 10/1/05, FOR UNIVERSITY PURCHASES, THRESHHOLD INCREASED TO $5000 OR MORE PER UNIT.)</t>
+    <t>(FOR RECORDING PURCHASES OR GIFT ACQUISITIONS OF MISC EQUIPMENT ITEMS NOT MORE APPROPRIATELY CODED TO ANOTHER CAPITAL EQUIPMENT CATEGORY AND NOT PART OF UAB REAL ESTATE: EFFECTIVE 10/1/25 FOR HOSPITAL PURCHASES,  $2000 OR MORE PER UNIT; UNIVERSITY THRESHHOLD INCREASED TO $10,000 OR MORE PER UNIT.</t>
   </si>
   <si>
     <t>LIBRARY BOOKS</t>
   </si>
   <si>
     <t>(ONLY STERNE LIBRARY &amp; LISTER HILL LIBRARIES INCL REYNOLDS MAY USE THIS OBJECT CODE. MUST BE IN SPECIAL ACCOUNTS PREDEFINED TO CAPITALIZATION PROGRAMMING. OTHER BOOKS AND PERIODICALS SHOULD BE BOOKED AS SUPPLIES/MATERIALS.)</t>
   </si>
   <si>
     <t>LIBRARY PERIODICALS</t>
   </si>
   <si>
     <t>LIBRARY INFO DBASE</t>
   </si>
   <si>
     <t>LIBRARY MEDIA</t>
   </si>
   <si>
     <t>LIBRARY E-BOOKS</t>
   </si>
   <si>
     <t>LIBRARY E-JOURNALS</t>
   </si>
   <si>
     <t>OTH LIBRARY ACQUIS</t>
   </si>
@@ -8097,50 +8109,53 @@
     <t>OTHER ADD TO PL ASSETS</t>
   </si>
   <si>
     <t>(TO RECORD CREDITS FOR ADDITIONS TO PLANT ASSETS IN PLANT ASSET ACCOUNTS, OTHER THAN GIFTS OF PLANT ASSETS, CAPITALIZED INTEREST, TRANSF IN, &amp; LEASE-PURCHASES, REGARDLESS OF WHERE THE ORIGINAL CAPITAL EXPENDITURE MAY HAVE BEEN MADE. )</t>
   </si>
   <si>
     <t>DEBT PROCEEDS</t>
   </si>
   <si>
     <t>(TO RECORD DEBITS FOR ADDITIONS TO DEBT IN PLANT DEBT LIABILITY ACCOUNTS; OFFSET BY CREDITS ON THE SAME OBJECT CODE FOR DEBT PROCEEDS IN TRUSTEED CONSTRUCTION FUNDS.)</t>
   </si>
   <si>
     <t>DEBT RETIREMENT</t>
   </si>
   <si>
     <t>(TO RECORD DEBITS IN PRINCIPAL DEBT SERVICE RESERVES; OFFSET BY CREDITS ON THE SAME OBJECT CODE IN PLANT DEBT LIABILITY ACCOUNTS.)</t>
   </si>
   <si>
     <t>INDIRECT COST EXP</t>
   </si>
   <si>
     <t>INDIRECT COST EXPENSE</t>
   </si>
   <si>
     <t>(ONLY FOR THE STANDARD SIMPLE JOURNAL ENTRY WITH CREDIT TO INDIRECT COST RECOVERY REVENUE IN THE INDIRECT COST REVENUE CLEARING ACCOUNT AND DEBIT TO THIS INDIRECT COST EXPENSE OBJECT CODE IN EACH APPLICABLE SPONSORED GRANT ACCOUNT.)</t>
+  </si>
+  <si>
+    <t>INSTITUTIONAL PAYMENTS TO INSTITUTIONAL DESIGNEE OR CONTRACTOR ON BEHALF OF STUDENT-ATHLETES FOR USE OF NAME, IMAGE AND LIKENESS (NIL). DO NOT INCLUDE ADDITIONAL SCHOLARSHIPS OR ENHANCED EDUCATIONAL BENEFITS (ALSTON OR OTHER)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -8203,97 +8218,94 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -8572,56 +8584,56 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43CD6143-D2CA-4CD7-80E6-7B902B2CC75D}">
-  <dimension ref="A1:H1369"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E207228A-4CD5-4F96-9D78-4E100769C3D4}">
+  <dimension ref="A1:H1372"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A269" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B271" sqref="B271"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="21" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="27" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="33.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="63.85546875" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -15561,72 +15573,72 @@
         <v>1297</v>
       </c>
       <c r="B268" s="2">
         <v>1992020</v>
       </c>
       <c r="C268" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>547</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>559</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>570</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>571</v>
       </c>
       <c r="H268" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="269" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A269" s="10">
-[...2 lines deleted...]
-      <c r="B269" s="10">
+      <c r="A269" s="2">
+        <v>1413</v>
+      </c>
+      <c r="B269" s="2">
         <v>1992022</v>
       </c>
-      <c r="C269" s="10" t="s">
+      <c r="C269" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D269" s="10" t="s">
+      <c r="D269" s="2" t="s">
         <v>547</v>
       </c>
-      <c r="E269" s="10" t="s">
+      <c r="E269" s="2" t="s">
         <v>559</v>
       </c>
-      <c r="F269" s="10" t="s">
+      <c r="F269" s="2" t="s">
         <v>572</v>
       </c>
-      <c r="G269" s="10" t="s">
+      <c r="G269" s="2" t="s">
         <v>573</v>
       </c>
-      <c r="H269" s="10" t="s">
+      <c r="H269" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="270" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A270" s="2">
         <v>214</v>
       </c>
       <c r="B270" s="2">
         <v>1992030</v>
       </c>
       <c r="C270" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D270" s="2" t="s">
         <v>547</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>559</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>574</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>575</v>
       </c>
@@ -19461,72 +19473,72 @@
         <v>1298</v>
       </c>
       <c r="B418" s="2">
         <v>2992020</v>
       </c>
       <c r="C418" s="2" t="s">
         <v>613</v>
       </c>
       <c r="D418" s="2" t="s">
         <v>810</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>822</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>833</v>
       </c>
       <c r="G418" s="2" t="s">
         <v>834</v>
       </c>
       <c r="H418" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="419" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A419" s="10">
-[...2 lines deleted...]
-      <c r="B419" s="10">
+      <c r="A419" s="2">
+        <v>1414</v>
+      </c>
+      <c r="B419" s="2">
         <v>2992022</v>
       </c>
-      <c r="C419" s="10" t="s">
+      <c r="C419" s="2" t="s">
         <v>613</v>
       </c>
-      <c r="D419" s="10" t="s">
+      <c r="D419" s="2" t="s">
         <v>810</v>
       </c>
-      <c r="E419" s="10" t="s">
+      <c r="E419" s="2" t="s">
         <v>822</v>
       </c>
-      <c r="F419" s="10" t="s">
+      <c r="F419" s="2" t="s">
         <v>835</v>
       </c>
-      <c r="G419" s="10" t="s">
+      <c r="G419" s="2" t="s">
         <v>836</v>
       </c>
-      <c r="H419" s="10" t="s">
+      <c r="H419" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="420" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A420" s="2">
         <v>321</v>
       </c>
       <c r="B420" s="2">
         <v>2992030</v>
       </c>
       <c r="C420" s="2" t="s">
         <v>613</v>
       </c>
       <c r="D420" s="2" t="s">
         <v>810</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>822</v>
       </c>
       <c r="F420" s="2" t="s">
         <v>837</v>
       </c>
       <c r="G420" s="2" t="s">
         <v>838</v>
       </c>
@@ -33680,77 +33692,77 @@
       <c r="A965" s="2">
         <v>714</v>
       </c>
       <c r="B965" s="2">
         <v>8208020</v>
       </c>
       <c r="C965" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D965" s="2" t="s">
         <v>1604</v>
       </c>
       <c r="E965" s="2" t="s">
         <v>1894</v>
       </c>
       <c r="F965" s="2" t="s">
         <v>1897</v>
       </c>
       <c r="G965" s="2" t="s">
         <v>1898</v>
       </c>
       <c r="H965" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="966" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+    <row r="966" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A966" s="2">
         <v>715</v>
       </c>
       <c r="B966" s="2">
         <v>8208030</v>
       </c>
       <c r="C966" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D966" s="2" t="s">
         <v>1604</v>
       </c>
       <c r="E966" s="2" t="s">
         <v>1894</v>
       </c>
       <c r="F966" s="2" t="s">
         <v>1899</v>
       </c>
       <c r="G966" s="2" t="s">
         <v>1900</v>
       </c>
       <c r="H966" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="967" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="967" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A967" s="2">
         <v>716</v>
       </c>
       <c r="B967" s="2">
         <v>8208040</v>
       </c>
       <c r="C967" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D967" s="2" t="s">
         <v>1604</v>
       </c>
       <c r="E967" s="2" t="s">
         <v>1894</v>
       </c>
       <c r="F967" s="2" t="s">
         <v>1901</v>
       </c>
       <c r="G967" s="2" t="s">
         <v>1902</v>
       </c>
       <c r="H967" s="2" t="s">
         <v>13</v>
       </c>
     </row>
@@ -33812,72 +33824,72 @@
       </c>
       <c r="B970" s="2">
         <v>8208060</v>
       </c>
       <c r="C970" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D970" s="2" t="s">
         <v>1604</v>
       </c>
       <c r="E970" s="2" t="s">
         <v>1894</v>
       </c>
       <c r="F970" s="2" t="s">
         <v>1907</v>
       </c>
       <c r="G970" s="2" t="s">
         <v>1908</v>
       </c>
       <c r="H970" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="971" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A971" s="2">
-        <v>717</v>
+        <v>1410</v>
       </c>
       <c r="B971" s="2">
-        <v>8208098</v>
+        <v>8208097</v>
       </c>
       <c r="C971" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D971" s="2" t="s">
         <v>1604</v>
       </c>
       <c r="E971" s="2" t="s">
         <v>1894</v>
       </c>
       <c r="F971" s="2" t="s">
         <v>1909</v>
       </c>
       <c r="G971" s="2" t="s">
         <v>1910</v>
       </c>
       <c r="H971" s="2" t="s">
-        <v>13</v>
+        <v>192</v>
       </c>
     </row>
     <row r="972" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A972" s="2">
         <v>718</v>
       </c>
       <c r="B972" s="2">
         <v>8208099</v>
       </c>
       <c r="C972" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D972" s="2" t="s">
         <v>1604</v>
       </c>
       <c r="E972" s="2" t="s">
         <v>1894</v>
       </c>
       <c r="F972" s="2" t="s">
         <v>1911</v>
       </c>
       <c r="G972" s="2" t="s">
         <v>1912</v>
       </c>
       <c r="H972" s="2" t="s">
@@ -36876,7403 +36888,7814 @@
       <c r="A1088" s="2">
         <v>1052</v>
       </c>
       <c r="B1088" s="2">
         <v>8604530</v>
       </c>
       <c r="C1088" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1088" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1088" s="2" t="s">
         <v>2156</v>
       </c>
       <c r="F1088" s="2" t="s">
         <v>2161</v>
       </c>
       <c r="G1088" s="2" t="s">
         <v>2162</v>
       </c>
       <c r="H1088" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1089" spans="1:8" ht="90" x14ac:dyDescent="0.25">
+    <row r="1089" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1089" s="2">
-        <v>1051</v>
+        <v>1415</v>
       </c>
       <c r="B1089" s="2">
-        <v>8604570</v>
+        <v>8604540</v>
       </c>
       <c r="C1089" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1089" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1089" s="2" t="s">
         <v>2156</v>
       </c>
       <c r="F1089" s="2" t="s">
         <v>2163</v>
       </c>
       <c r="G1089" s="2" t="s">
-        <v>2164</v>
+        <v>2689</v>
       </c>
       <c r="H1089" s="2" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="1090" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:8" ht="90" x14ac:dyDescent="0.25">
       <c r="A1090" s="2">
-        <v>818</v>
+        <v>1051</v>
       </c>
       <c r="B1090" s="2">
-        <v>8604580</v>
+        <v>8604570</v>
       </c>
       <c r="C1090" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1090" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1090" s="2" t="s">
         <v>2156</v>
       </c>
       <c r="F1090" s="2" t="s">
+        <v>2164</v>
+      </c>
+      <c r="G1090" s="2" t="s">
         <v>2165</v>
       </c>
-      <c r="G1090" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1090" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1091" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1091" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1091" s="2">
-        <v>1119</v>
+        <v>818</v>
       </c>
       <c r="B1091" s="2">
-        <v>8604590</v>
+        <v>8604580</v>
       </c>
       <c r="C1091" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1091" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1091" s="2" t="s">
         <v>2156</v>
       </c>
       <c r="F1091" s="2" t="s">
+        <v>2166</v>
+      </c>
+      <c r="G1091" s="2" t="s">
         <v>2167</v>
       </c>
-      <c r="G1091" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1091" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1092" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1092" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1092" s="2">
-        <v>819</v>
+        <v>1119</v>
       </c>
       <c r="B1092" s="2">
-        <v>8604599</v>
+        <v>8604590</v>
       </c>
       <c r="C1092" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1092" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1092" s="2" t="s">
         <v>2156</v>
       </c>
       <c r="F1092" s="2" t="s">
+        <v>2168</v>
+      </c>
+      <c r="G1092" s="2" t="s">
         <v>2169</v>
       </c>
-      <c r="G1092" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1092" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1093" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1093" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1093" s="2">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="B1093" s="2">
-        <v>8605010</v>
+        <v>8604599</v>
       </c>
       <c r="C1093" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1093" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1093" s="2" t="s">
+        <v>2156</v>
+      </c>
+      <c r="F1093" s="2" t="s">
+        <v>2170</v>
+      </c>
+      <c r="G1093" s="2" t="s">
         <v>2171</v>
       </c>
-      <c r="F1093" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1093" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1094" spans="1:8" ht="120" x14ac:dyDescent="0.25">
+    <row r="1094" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1094" s="2">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="B1094" s="2">
-        <v>8605020</v>
+        <v>8605010</v>
       </c>
       <c r="C1094" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1094" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1094" s="2" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="F1094" s="2" t="s">
+        <v>2173</v>
+      </c>
+      <c r="G1094" s="2" t="s">
         <v>2174</v>
       </c>
-      <c r="G1094" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1094" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1095" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+    <row r="1095" spans="1:8" ht="120" x14ac:dyDescent="0.25">
       <c r="A1095" s="2">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="B1095" s="2">
-        <v>8605030</v>
+        <v>8605020</v>
       </c>
       <c r="C1095" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1095" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1095" s="2" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="F1095" s="2" t="s">
+        <v>2175</v>
+      </c>
+      <c r="G1095" s="2" t="s">
         <v>2176</v>
       </c>
-      <c r="G1095" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1095" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1096" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1096" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1096" s="2">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="B1096" s="2">
-        <v>8605510</v>
+        <v>8605030</v>
       </c>
       <c r="C1096" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1096" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1096" s="2" t="s">
+        <v>2172</v>
+      </c>
+      <c r="F1096" s="2" t="s">
+        <v>2177</v>
+      </c>
+      <c r="G1096" s="2" t="s">
         <v>2178</v>
       </c>
-      <c r="F1096" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1096" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1097" spans="1:8" ht="90" x14ac:dyDescent="0.25">
+    <row r="1097" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1097" s="2">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="B1097" s="2">
-        <v>8605710</v>
+        <v>8605510</v>
       </c>
       <c r="C1097" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1097" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1097" s="2" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="F1097" s="2" t="s">
+        <v>2180</v>
+      </c>
+      <c r="G1097" s="2" t="s">
         <v>2181</v>
       </c>
-      <c r="G1097" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1097" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1098" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1098" spans="1:8" ht="90" x14ac:dyDescent="0.25">
       <c r="A1098" s="2">
-        <v>1285</v>
+        <v>824</v>
       </c>
       <c r="B1098" s="2">
-        <v>8605810</v>
+        <v>8605710</v>
       </c>
       <c r="C1098" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1098" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1098" s="2" t="s">
+        <v>2179</v>
+      </c>
+      <c r="F1098" s="2" t="s">
+        <v>2182</v>
+      </c>
+      <c r="G1098" s="2" t="s">
         <v>2183</v>
       </c>
-      <c r="F1098" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1098" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1099" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1099" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1099" s="2">
-        <v>825</v>
+        <v>1285</v>
       </c>
       <c r="B1099" s="2">
-        <v>8606010</v>
+        <v>8605810</v>
       </c>
       <c r="C1099" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1099" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1099" s="2" t="s">
+        <v>2184</v>
+      </c>
+      <c r="F1099" s="2" t="s">
+        <v>2185</v>
+      </c>
+      <c r="G1099" s="2" t="s">
         <v>2186</v>
       </c>
-      <c r="F1099" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1099" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1100" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+    <row r="1100" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1100" s="2">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="B1100" s="2">
-        <v>8606011</v>
+        <v>8606010</v>
       </c>
       <c r="C1100" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1100" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1100" s="2" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="F1100" s="2" t="s">
+        <v>2188</v>
+      </c>
+      <c r="G1100" s="2" t="s">
         <v>2189</v>
       </c>
-      <c r="G1100" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1100" s="2" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="1101" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1101" s="2">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="B1101" s="2">
-        <v>8606020</v>
+        <v>8606011</v>
       </c>
       <c r="C1101" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1101" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1101" s="2" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="F1101" s="2" t="s">
+        <v>2190</v>
+      </c>
+      <c r="G1101" s="2" t="s">
         <v>2191</v>
-      </c>
-[...1 lines deleted...]
-        <v>2192</v>
       </c>
       <c r="H1101" s="2" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="1102" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1102" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1102" s="2">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="B1102" s="2">
-        <v>8606510</v>
+        <v>8606020</v>
       </c>
       <c r="C1102" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1102" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1102" s="2" t="s">
+        <v>2187</v>
+      </c>
+      <c r="F1102" s="2" t="s">
+        <v>2192</v>
+      </c>
+      <c r="G1102" s="2" t="s">
         <v>2193</v>
       </c>
-      <c r="F1102" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1102" s="2" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="1103" spans="1:8" ht="105" x14ac:dyDescent="0.25">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1103" s="2">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="B1103" s="2">
-        <v>8606520</v>
+        <v>8606510</v>
       </c>
       <c r="C1103" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1103" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1103" s="2" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="F1103" s="2" t="s">
+        <v>2195</v>
+      </c>
+      <c r="G1103" s="2" t="s">
         <v>2196</v>
       </c>
-      <c r="G1103" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1103" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1104" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1104" spans="1:8" ht="105" x14ac:dyDescent="0.25">
       <c r="A1104" s="2">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="B1104" s="2">
-        <v>8606591</v>
+        <v>8606520</v>
       </c>
       <c r="C1104" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1104" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1104" s="2" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="F1104" s="2" t="s">
+        <v>2197</v>
+      </c>
+      <c r="G1104" s="2" t="s">
         <v>2198</v>
       </c>
-      <c r="G1104" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1104" s="2" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="1105" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1105" s="2">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="B1105" s="2">
-        <v>8606592</v>
+        <v>8606591</v>
       </c>
       <c r="C1105" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1105" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1105" s="2" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="F1105" s="2" t="s">
+        <v>2199</v>
+      </c>
+      <c r="G1105" s="2" t="s">
         <v>2200</v>
-      </c>
-[...1 lines deleted...]
-        <v>2201</v>
       </c>
       <c r="H1105" s="2" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="1106" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1106" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1106" s="2">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="B1106" s="2">
-        <v>8606599</v>
+        <v>8606592</v>
       </c>
       <c r="C1106" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1106" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1106" s="2" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="F1106" s="2" t="s">
+        <v>2201</v>
+      </c>
+      <c r="G1106" s="2" t="s">
         <v>2202</v>
       </c>
-      <c r="G1106" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1106" s="2" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="1107" spans="1:8" ht="90" x14ac:dyDescent="0.25">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1107" s="2">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B1107" s="2">
-        <v>8607010</v>
+        <v>8606599</v>
       </c>
       <c r="C1107" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1107" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1107" s="2" t="s">
+        <v>2194</v>
+      </c>
+      <c r="F1107" s="2" t="s">
+        <v>2203</v>
+      </c>
+      <c r="G1107" s="2" t="s">
         <v>2204</v>
-      </c>
-[...4 lines deleted...]
-        <v>2206</v>
       </c>
       <c r="H1107" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1108" spans="1:8" ht="90" x14ac:dyDescent="0.25">
       <c r="A1108" s="2">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="B1108" s="2">
-        <v>8607011</v>
+        <v>8607010</v>
       </c>
       <c r="C1108" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1108" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1108" s="2" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="F1108" s="2" t="s">
+        <v>2206</v>
+      </c>
+      <c r="G1108" s="2" t="s">
         <v>2207</v>
       </c>
-      <c r="G1108" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1108" s="2" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="1109" spans="1:8" ht="120" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:8" ht="90" x14ac:dyDescent="0.25">
       <c r="A1109" s="2">
-        <v>1053</v>
+        <v>834</v>
       </c>
       <c r="B1109" s="2">
-        <v>8607012</v>
+        <v>8607011</v>
       </c>
       <c r="C1109" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1109" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1109" s="2" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="F1109" s="2" t="s">
+        <v>2208</v>
+      </c>
+      <c r="G1109" s="2" t="s">
         <v>2209</v>
       </c>
-      <c r="G1109" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1109" s="2" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="1110" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:8" ht="120" x14ac:dyDescent="0.25">
       <c r="A1110" s="2">
-        <v>835</v>
+        <v>1053</v>
       </c>
       <c r="B1110" s="2">
-        <v>8607099</v>
+        <v>8607012</v>
       </c>
       <c r="C1110" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1110" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1110" s="2" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="F1110" s="2" t="s">
+        <v>2210</v>
+      </c>
+      <c r="G1110" s="2" t="s">
         <v>2211</v>
       </c>
-      <c r="G1110" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1110" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1111" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1111" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1111" s="2">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="B1111" s="2">
-        <v>8608021</v>
+        <v>8607099</v>
       </c>
       <c r="C1111" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1111" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1111" s="2" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F1111" s="2" t="s">
+        <v>2212</v>
+      </c>
+      <c r="G1111" s="2" t="s">
         <v>2213</v>
       </c>
-      <c r="F1111" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1111" s="2" t="s">
-        <v>189</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1112" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1112" s="2">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="B1112" s="2">
-        <v>8608022</v>
+        <v>8608021</v>
       </c>
       <c r="C1112" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1112" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1112" s="2" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="F1112" s="2" t="s">
+        <v>2215</v>
+      </c>
+      <c r="G1112" s="2" t="s">
         <v>2216</v>
-      </c>
-[...1 lines deleted...]
-        <v>2215</v>
       </c>
       <c r="H1112" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="1113" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1113" s="2">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="B1113" s="2">
-        <v>8608023</v>
+        <v>8608022</v>
       </c>
       <c r="C1113" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1113" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1113" s="2" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="F1113" s="2" t="s">
         <v>2217</v>
       </c>
       <c r="G1113" s="2" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
       <c r="H1113" s="2" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="1114" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1114" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1114" s="2">
-        <v>1128</v>
+        <v>838</v>
       </c>
       <c r="B1114" s="2">
-        <v>8608025</v>
+        <v>8608023</v>
       </c>
       <c r="C1114" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1114" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1114" s="2" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="F1114" s="2" t="s">
-        <v>1196</v>
+        <v>2218</v>
       </c>
       <c r="G1114" s="2" t="s">
-        <v>2218</v>
+        <v>2216</v>
       </c>
       <c r="H1114" s="2" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="1115" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1115" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1115" s="2">
-        <v>1156</v>
+        <v>1128</v>
       </c>
       <c r="B1115" s="2">
-        <v>8608027</v>
+        <v>8608025</v>
       </c>
       <c r="C1115" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1115" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1115" s="2" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="F1115" s="2" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G1115" s="2" t="s">
         <v>2219</v>
-      </c>
-[...1 lines deleted...]
-        <v>2220</v>
       </c>
       <c r="H1115" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="1116" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1116" s="2">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="B1116" s="2">
-        <v>8608028</v>
+        <v>8608027</v>
       </c>
       <c r="C1116" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1116" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1116" s="2" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="F1116" s="2" t="s">
+        <v>2220</v>
+      </c>
+      <c r="G1116" s="2" t="s">
         <v>2221</v>
-      </c>
-[...1 lines deleted...]
-        <v>2220</v>
       </c>
       <c r="H1116" s="2" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="1117" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1117" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1117" s="2">
-        <v>839</v>
+        <v>1157</v>
       </c>
       <c r="B1117" s="2">
-        <v>8608030</v>
+        <v>8608028</v>
       </c>
       <c r="C1117" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1117" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1117" s="2" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="F1117" s="2" t="s">
         <v>2222</v>
       </c>
       <c r="G1117" s="2" t="s">
-        <v>2223</v>
+        <v>2221</v>
       </c>
       <c r="H1117" s="2" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="1118" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1118" s="2">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="B1118" s="2">
-        <v>8608040</v>
+        <v>8608030</v>
       </c>
       <c r="C1118" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1118" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1118" s="2" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="F1118" s="2" t="s">
+        <v>2223</v>
+      </c>
+      <c r="G1118" s="2" t="s">
         <v>2224</v>
-      </c>
-[...1 lines deleted...]
-        <v>2225</v>
       </c>
       <c r="H1118" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1119" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1119" s="2">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="B1119" s="2">
-        <v>8608050</v>
+        <v>8608040</v>
       </c>
       <c r="C1119" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1119" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1119" s="2" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="F1119" s="2" t="s">
+        <v>2225</v>
+      </c>
+      <c r="G1119" s="2" t="s">
         <v>2226</v>
       </c>
-      <c r="G1119" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1119" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1120" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1120" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1120" s="2">
-        <v>1407</v>
+        <v>841</v>
       </c>
       <c r="B1120" s="2">
-        <v>8608060</v>
+        <v>8608050</v>
       </c>
       <c r="C1120" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1120" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1120" s="2" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="F1120" s="2" t="s">
+        <v>2227</v>
+      </c>
+      <c r="G1120" s="2" t="s">
         <v>2228</v>
       </c>
-      <c r="G1120" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1120" s="2" t="s">
-        <v>189</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1121" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1121" s="2">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="B1121" s="2">
-        <v>8608061</v>
+        <v>8608060</v>
       </c>
       <c r="C1121" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1121" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1121" s="2" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="F1121" s="2" t="s">
+        <v>2229</v>
+      </c>
+      <c r="G1121" s="2" t="s">
         <v>2230</v>
-      </c>
-[...1 lines deleted...]
-        <v>2229</v>
       </c>
       <c r="H1121" s="2" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="1122" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1122" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1122" s="2">
-        <v>842</v>
+        <v>1408</v>
       </c>
       <c r="B1122" s="2">
-        <v>8608070</v>
+        <v>8608061</v>
       </c>
       <c r="C1122" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1122" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1122" s="2" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="F1122" s="2" t="s">
         <v>2231</v>
       </c>
       <c r="G1122" s="2" t="s">
-        <v>2232</v>
+        <v>2230</v>
       </c>
       <c r="H1122" s="2" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="1123" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1123" s="2">
-        <v>843</v>
+        <v>842</v>
       </c>
       <c r="B1123" s="2">
-        <v>8609901</v>
+        <v>8608070</v>
       </c>
       <c r="C1123" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1123" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1123" s="2" t="s">
+        <v>2214</v>
+      </c>
+      <c r="F1123" s="2" t="s">
+        <v>2232</v>
+      </c>
+      <c r="G1123" s="2" t="s">
         <v>2233</v>
       </c>
-      <c r="F1123" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1123" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1124" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1124" s="2">
-        <v>1005</v>
+        <v>843</v>
       </c>
       <c r="B1124" s="2">
-        <v>8609902</v>
+        <v>8609901</v>
       </c>
       <c r="C1124" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1124" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1124" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1124" s="2" t="s">
+        <v>2235</v>
+      </c>
+      <c r="G1124" s="2" t="s">
         <v>2236</v>
       </c>
-      <c r="G1124" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1124" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1125" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1125" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1125" s="2">
-        <v>844</v>
+        <v>1005</v>
       </c>
       <c r="B1125" s="2">
-        <v>8609903</v>
+        <v>8609902</v>
       </c>
       <c r="C1125" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1125" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1125" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1125" s="2" t="s">
+        <v>2237</v>
+      </c>
+      <c r="G1125" s="2" t="s">
         <v>2238</v>
       </c>
-      <c r="G1125" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1125" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1126" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1126" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1126" s="2">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="B1126" s="2">
-        <v>8609904</v>
+        <v>8609903</v>
       </c>
       <c r="C1126" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1126" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1126" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1126" s="2" t="s">
+        <v>2239</v>
+      </c>
+      <c r="G1126" s="2" t="s">
         <v>2240</v>
       </c>
-      <c r="G1126" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1126" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1127" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1127" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1127" s="2">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="B1127" s="2">
-        <v>8609905</v>
+        <v>8609904</v>
       </c>
       <c r="C1127" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1127" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1127" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1127" s="2" t="s">
+        <v>2241</v>
+      </c>
+      <c r="G1127" s="2" t="s">
         <v>2242</v>
       </c>
-      <c r="G1127" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1127" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1128" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1128" s="2">
-        <v>1106</v>
+        <v>846</v>
       </c>
       <c r="B1128" s="2">
-        <v>8609906</v>
+        <v>8609905</v>
       </c>
       <c r="C1128" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1128" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1128" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1128" s="2" t="s">
+        <v>2243</v>
+      </c>
+      <c r="G1128" s="2" t="s">
         <v>2244</v>
       </c>
-      <c r="G1128" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1128" s="2" t="s">
-        <v>189</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1129" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1129" s="2">
-        <v>1118</v>
+        <v>1106</v>
       </c>
       <c r="B1129" s="2">
-        <v>8609907</v>
+        <v>8609906</v>
       </c>
       <c r="C1129" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1129" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1129" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1129" s="2" t="s">
+        <v>2245</v>
+      </c>
+      <c r="G1129" s="2" t="s">
         <v>2246</v>
       </c>
-      <c r="G1129" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1129" s="2" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1130" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1130" s="2">
-        <v>847</v>
+        <v>1118</v>
       </c>
       <c r="B1130" s="2">
-        <v>8609910</v>
+        <v>8609907</v>
       </c>
       <c r="C1130" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1130" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1130" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1130" s="2" t="s">
+        <v>2247</v>
+      </c>
+      <c r="G1130" s="2" t="s">
         <v>2248</v>
-      </c>
-[...1 lines deleted...]
-        <v>2249</v>
       </c>
       <c r="H1130" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1131" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1131" s="2">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>8609911</v>
+        <v>847</v>
+      </c>
+      <c r="B1131" s="2">
+        <v>8609910</v>
       </c>
       <c r="C1131" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1131" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1131" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1131" s="2" t="s">
+        <v>2249</v>
+      </c>
+      <c r="G1131" s="2" t="s">
         <v>2250</v>
-      </c>
-[...1 lines deleted...]
-        <v>2251</v>
       </c>
       <c r="H1131" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1132" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1132" s="2">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="B1132" s="3">
-        <v>8609912</v>
+        <v>8609911</v>
       </c>
       <c r="C1132" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1132" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1132" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1132" s="2" t="s">
+        <v>2251</v>
+      </c>
+      <c r="G1132" s="2" t="s">
         <v>2252</v>
-      </c>
-[...1 lines deleted...]
-        <v>2253</v>
       </c>
       <c r="H1132" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1133" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1133" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1133" s="2">
-        <v>1366</v>
+        <v>1365</v>
       </c>
       <c r="B1133" s="3">
-        <v>8609913</v>
+        <v>8609912</v>
       </c>
       <c r="C1133" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1133" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1133" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1133" s="2" t="s">
+        <v>2253</v>
+      </c>
+      <c r="G1133" s="2" t="s">
         <v>2254</v>
-      </c>
-[...1 lines deleted...]
-        <v>2255</v>
       </c>
       <c r="H1133" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1134" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1134" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1134" s="2">
-        <v>1367</v>
+        <v>1366</v>
       </c>
       <c r="B1134" s="3">
-        <v>8609914</v>
+        <v>8609913</v>
       </c>
       <c r="C1134" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1134" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1134" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1134" s="2" t="s">
+        <v>2255</v>
+      </c>
+      <c r="G1134" s="2" t="s">
         <v>2256</v>
-      </c>
-[...1 lines deleted...]
-        <v>2257</v>
       </c>
       <c r="H1134" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1135" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1135" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1135" s="2">
-        <v>848</v>
-[...2 lines deleted...]
-        <v>8609915</v>
+        <v>1367</v>
+      </c>
+      <c r="B1135" s="3">
+        <v>8609914</v>
       </c>
       <c r="C1135" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1135" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1135" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1135" s="2" t="s">
+        <v>2257</v>
+      </c>
+      <c r="G1135" s="2" t="s">
         <v>2258</v>
       </c>
-      <c r="G1135" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1135" s="2" t="s">
-        <v>13</v>
+        <v>192</v>
       </c>
     </row>
     <row r="1136" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1136" s="2">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="B1136" s="2">
-        <v>8609920</v>
+        <v>8609915</v>
       </c>
       <c r="C1136" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1136" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1136" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1136" s="2" t="s">
+        <v>2259</v>
+      </c>
+      <c r="G1136" s="2" t="s">
         <v>2260</v>
-      </c>
-[...1 lines deleted...]
-        <v>2261</v>
       </c>
       <c r="H1136" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1137" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1137" s="2">
-        <v>1107</v>
+        <v>849</v>
       </c>
       <c r="B1137" s="2">
-        <v>8609921</v>
+        <v>8609920</v>
       </c>
       <c r="C1137" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1137" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1137" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1137" s="2" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G1137" s="2" t="s">
         <v>2262</v>
-      </c>
-[...1 lines deleted...]
-        <v>2263</v>
       </c>
       <c r="H1137" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1138" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1138" s="2">
-        <v>850</v>
+        <v>1107</v>
       </c>
       <c r="B1138" s="2">
-        <v>8609925</v>
+        <v>8609921</v>
       </c>
       <c r="C1138" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1138" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1138" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1138" s="2" t="s">
+        <v>2263</v>
+      </c>
+      <c r="G1138" s="2" t="s">
         <v>2264</v>
       </c>
-      <c r="G1138" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1138" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1139" spans="1:8" ht="90" x14ac:dyDescent="0.25">
+    <row r="1139" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1139" s="2">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="B1139" s="2">
-        <v>8609926</v>
+        <v>8609925</v>
       </c>
       <c r="C1139" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1139" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1139" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1139" s="2" t="s">
+        <v>2265</v>
+      </c>
+      <c r="G1139" s="2" t="s">
         <v>2266</v>
       </c>
-      <c r="G1139" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1139" s="2" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="1140" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:8" ht="90" x14ac:dyDescent="0.25">
       <c r="A1140" s="2">
-        <v>1368</v>
-[...2 lines deleted...]
-        <v>8609930</v>
+        <v>851</v>
+      </c>
+      <c r="B1140" s="2">
+        <v>8609926</v>
       </c>
       <c r="C1140" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1140" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1140" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1140" s="2" t="s">
+        <v>2267</v>
+      </c>
+      <c r="G1140" s="2" t="s">
         <v>2268</v>
       </c>
-      <c r="G1140" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1140" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1141" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1141" s="2">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="B1141" s="3">
-        <v>8609931</v>
+        <v>8609930</v>
       </c>
       <c r="C1141" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1141" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1141" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1141" s="2" t="s">
+        <v>2269</v>
+      </c>
+      <c r="G1141" s="2" t="s">
         <v>2270</v>
-      </c>
-[...1 lines deleted...]
-        <v>2271</v>
       </c>
       <c r="H1141" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1142" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1142" s="2">
-        <v>1370</v>
+        <v>1369</v>
       </c>
       <c r="B1142" s="3">
-        <v>8609932</v>
+        <v>8609931</v>
       </c>
       <c r="C1142" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1142" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1142" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1142" s="2" t="s">
+        <v>2271</v>
+      </c>
+      <c r="G1142" s="2" t="s">
         <v>2272</v>
-      </c>
-[...1 lines deleted...]
-        <v>2273</v>
       </c>
       <c r="H1142" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1143" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1143" s="2">
-        <v>1334</v>
-[...2 lines deleted...]
-        <v>8609951</v>
+        <v>1370</v>
+      </c>
+      <c r="B1143" s="3">
+        <v>8609932</v>
       </c>
       <c r="C1143" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1143" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1143" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1143" s="2" t="s">
+        <v>2273</v>
+      </c>
+      <c r="G1143" s="2" t="s">
         <v>2274</v>
       </c>
-      <c r="G1143" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1143" s="2" t="s">
-        <v>13</v>
+        <v>192</v>
       </c>
     </row>
     <row r="1144" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1144" s="2">
-        <v>852</v>
+        <v>1334</v>
       </c>
       <c r="B1144" s="2">
-        <v>8609959</v>
+        <v>8609951</v>
       </c>
       <c r="C1144" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1144" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1144" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1144" s="2" t="s">
+        <v>2275</v>
+      </c>
+      <c r="G1144" s="2" t="s">
         <v>2276</v>
-      </c>
-[...1 lines deleted...]
-        <v>2277</v>
       </c>
       <c r="H1144" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1145" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1145" s="2">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="B1145" s="2">
-        <v>8609960</v>
+        <v>8609959</v>
       </c>
       <c r="C1145" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1145" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1145" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1145" s="2" t="s">
+        <v>2277</v>
+      </c>
+      <c r="G1145" s="2" t="s">
         <v>2278</v>
-      </c>
-[...1 lines deleted...]
-        <v>2279</v>
       </c>
       <c r="H1145" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1146" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1146" s="2">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="B1146" s="2">
-        <v>8609961</v>
+        <v>8609960</v>
       </c>
       <c r="C1146" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1146" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1146" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1146" s="2" t="s">
+        <v>2279</v>
+      </c>
+      <c r="G1146" s="2" t="s">
         <v>2280</v>
-      </c>
-[...1 lines deleted...]
-        <v>2281</v>
       </c>
       <c r="H1146" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1147" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1147" s="2">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="B1147" s="2">
-        <v>8609970</v>
+        <v>8609961</v>
       </c>
       <c r="C1147" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1147" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1147" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1147" s="2" t="s">
+        <v>2281</v>
+      </c>
+      <c r="G1147" s="2" t="s">
         <v>2282</v>
       </c>
-      <c r="G1147" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1147" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1148" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1148" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1148" s="2">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="B1148" s="2">
-        <v>8609981</v>
+        <v>8609970</v>
       </c>
       <c r="C1148" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1148" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1148" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1148" s="2" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G1148" s="2" t="s">
         <v>2284</v>
       </c>
-      <c r="G1148" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1148" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1149" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1149" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1149" s="2">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="B1149" s="2">
-        <v>8609988</v>
+        <v>8609981</v>
       </c>
       <c r="C1149" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1149" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1149" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1149" s="2" t="s">
+        <v>2285</v>
+      </c>
+      <c r="G1149" s="2" t="s">
         <v>2286</v>
       </c>
-      <c r="G1149" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1149" s="2" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="1150" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1150" s="2">
-        <v>1337</v>
+        <v>857</v>
       </c>
       <c r="B1150" s="2">
-        <v>8609990</v>
+        <v>8609988</v>
       </c>
       <c r="C1150" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1150" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1150" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1150" s="2" t="s">
+        <v>2287</v>
+      </c>
+      <c r="G1150" s="2" t="s">
         <v>2288</v>
       </c>
-      <c r="G1150" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1150" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1151" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1151" s="2">
-        <v>1111</v>
+        <v>1337</v>
       </c>
       <c r="B1151" s="2">
-        <v>8609991</v>
+        <v>8609990</v>
       </c>
       <c r="C1151" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1151" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1151" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1151" s="2" t="s">
+        <v>2289</v>
+      </c>
+      <c r="G1151" s="2" t="s">
         <v>2290</v>
-      </c>
-[...1 lines deleted...]
-        <v>2291</v>
       </c>
       <c r="H1151" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1152" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1152" s="2">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="B1152" s="2">
-        <v>8609992</v>
+        <v>8609991</v>
       </c>
       <c r="C1152" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1152" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1152" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1152" s="2" t="s">
+        <v>2291</v>
+      </c>
+      <c r="G1152" s="2" t="s">
         <v>2292</v>
-      </c>
-[...1 lines deleted...]
-        <v>2293</v>
       </c>
       <c r="H1152" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1153" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1153" s="2">
-        <v>1335</v>
+        <v>1112</v>
       </c>
       <c r="B1153" s="2">
-        <v>8609994</v>
+        <v>8609992</v>
       </c>
       <c r="C1153" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1153" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1153" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1153" s="2" t="s">
+        <v>2293</v>
+      </c>
+      <c r="G1153" s="2" t="s">
         <v>2294</v>
       </c>
-      <c r="G1153" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1153" s="2" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="1154" spans="1:8" x14ac:dyDescent="0.25">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1154" s="2">
-        <v>1305</v>
+        <v>1335</v>
       </c>
       <c r="B1154" s="2">
-        <v>8609995</v>
+        <v>8609994</v>
       </c>
       <c r="C1154" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1154" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1154" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1154" s="2" t="s">
+        <v>2295</v>
+      </c>
+      <c r="G1154" s="2" t="s">
         <v>2296</v>
       </c>
-      <c r="G1154" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1154" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1155" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1155" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1155" s="2">
-        <v>858</v>
+        <v>1305</v>
       </c>
       <c r="B1155" s="2">
-        <v>8609996</v>
+        <v>8609995</v>
       </c>
       <c r="C1155" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1155" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1155" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1155" s="2" t="s">
+        <v>2297</v>
+      </c>
+      <c r="G1155" s="2" t="s">
         <v>2298</v>
       </c>
-      <c r="G1155" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1155" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1156" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+    <row r="1156" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1156" s="2">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="B1156" s="2">
-        <v>8609997</v>
+        <v>8609996</v>
       </c>
       <c r="C1156" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1156" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1156" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1156" s="2" t="s">
+        <v>2299</v>
+      </c>
+      <c r="G1156" s="2" t="s">
         <v>2300</v>
       </c>
-      <c r="G1156" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1156" s="2" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="1157" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1157" s="2">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="B1157" s="2">
-        <v>8609998</v>
+        <v>8609997</v>
       </c>
       <c r="C1157" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1157" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1157" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1157" s="2" t="s">
-        <v>2233</v>
+        <v>2301</v>
       </c>
       <c r="G1157" s="2" t="s">
         <v>2302</v>
       </c>
       <c r="H1157" s="2" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1158" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1158" s="2">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="B1158" s="2">
-        <v>8609999</v>
+        <v>8609998</v>
       </c>
       <c r="C1158" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1158" s="2" t="s">
         <v>2107</v>
       </c>
       <c r="E1158" s="2" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F1158" s="2" t="s">
+        <v>2234</v>
+      </c>
+      <c r="G1158" s="2" t="s">
         <v>2303</v>
       </c>
-      <c r="G1158" s="2" t="s">
+      <c r="H1158" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1159" s="2">
+        <v>861</v>
+      </c>
+      <c r="B1159" s="2">
+        <v>8609999</v>
+      </c>
+      <c r="C1159" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1159" s="2" t="s">
+        <v>2107</v>
+      </c>
+      <c r="E1159" s="2" t="s">
+        <v>2234</v>
+      </c>
+      <c r="F1159" s="2" t="s">
         <v>2304</v>
       </c>
-      <c r="H1158" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1159" s="2">
+      <c r="G1159" s="2" t="s">
+        <v>2305</v>
+      </c>
+      <c r="H1159" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1160" s="2">
         <v>862</v>
       </c>
-      <c r="B1159" s="2">
+      <c r="B1160" s="2">
         <v>8701010</v>
       </c>
-      <c r="C1159" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E1159" s="2" t="s">
+      <c r="C1160" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1160" s="2" t="s">
         <v>2306</v>
       </c>
-      <c r="F1159" s="2" t="s">
+      <c r="E1160" s="2" t="s">
         <v>2307</v>
       </c>
-      <c r="G1159" s="2" t="s">
+      <c r="F1160" s="2" t="s">
         <v>2308</v>
       </c>
-      <c r="H1159" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1160" s="2">
+      <c r="G1160" s="2" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H1160" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1161" s="2">
         <v>863</v>
       </c>
-      <c r="B1160" s="2">
+      <c r="B1161" s="2">
         <v>8701099</v>
       </c>
-      <c r="C1160" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E1160" s="2" t="s">
+      <c r="C1161" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1161" s="2" t="s">
         <v>2306</v>
       </c>
-      <c r="F1160" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G1160" s="2" t="s">
+      <c r="E1161" s="2" t="s">
+        <v>2307</v>
+      </c>
+      <c r="F1161" s="2" t="s">
         <v>2310</v>
       </c>
-      <c r="H1160" s="2" t="s">
-[...16 lines deleted...]
-      <c r="E1161" s="2" t="s">
+      <c r="G1161" s="2" t="s">
         <v>2311</v>
       </c>
-      <c r="F1161" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1161" s="2" t="s">
-        <v>189</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1162" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1162" s="2">
-        <v>865</v>
+        <v>864</v>
       </c>
       <c r="B1162" s="2">
-        <v>8701520</v>
+        <v>8701510</v>
       </c>
       <c r="C1162" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1162" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1162" s="2" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="F1162" s="2" t="s">
+        <v>2313</v>
+      </c>
+      <c r="G1162" s="2" t="s">
         <v>2314</v>
-      </c>
-[...1 lines deleted...]
-        <v>2315</v>
       </c>
       <c r="H1162" s="2" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="1163" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1163" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1163" s="2">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="B1163" s="2">
-        <v>8701530</v>
+        <v>8701520</v>
       </c>
       <c r="C1163" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1163" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1163" s="2" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="F1163" s="2" t="s">
+        <v>2315</v>
+      </c>
+      <c r="G1163" s="2" t="s">
         <v>2316</v>
-      </c>
-[...1 lines deleted...]
-        <v>2317</v>
       </c>
       <c r="H1163" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="1164" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1164" s="2">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="B1164" s="2">
-        <v>8701540</v>
+        <v>8701530</v>
       </c>
       <c r="C1164" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1164" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1164" s="2" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="F1164" s="2" t="s">
+        <v>2317</v>
+      </c>
+      <c r="G1164" s="2" t="s">
         <v>2318</v>
-      </c>
-[...1 lines deleted...]
-        <v>2319</v>
       </c>
       <c r="H1164" s="2" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="1165" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1165" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1165" s="2">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="B1165" s="2">
-        <v>8701545</v>
+        <v>8701540</v>
       </c>
       <c r="C1165" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1165" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1165" s="2" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="F1165" s="2" t="s">
+        <v>2319</v>
+      </c>
+      <c r="G1165" s="2" t="s">
         <v>2320</v>
-      </c>
-[...1 lines deleted...]
-        <v>2321</v>
       </c>
       <c r="H1165" s="2" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="1166" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1166" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1166" s="2">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="B1166" s="2">
-        <v>8701550</v>
+        <v>8701545</v>
       </c>
       <c r="C1166" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1166" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1166" s="2" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="F1166" s="2" t="s">
+        <v>2321</v>
+      </c>
+      <c r="G1166" s="2" t="s">
         <v>2322</v>
-      </c>
-[...1 lines deleted...]
-        <v>2323</v>
       </c>
       <c r="H1166" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="1167" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1167" s="2">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="B1167" s="2">
-        <v>8701560</v>
+        <v>8701550</v>
       </c>
       <c r="C1167" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1167" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1167" s="2" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="F1167" s="2" t="s">
+        <v>2323</v>
+      </c>
+      <c r="G1167" s="2" t="s">
         <v>2324</v>
-      </c>
-[...1 lines deleted...]
-        <v>2325</v>
       </c>
       <c r="H1167" s="2" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="1168" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1168" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1168" s="2">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="B1168" s="2">
-        <v>8701570</v>
+        <v>8701560</v>
       </c>
       <c r="C1168" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1168" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1168" s="2" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="F1168" s="2" t="s">
+        <v>2325</v>
+      </c>
+      <c r="G1168" s="2" t="s">
         <v>2326</v>
-      </c>
-[...1 lines deleted...]
-        <v>2327</v>
       </c>
       <c r="H1168" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="1169" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1169" s="2">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="B1169" s="2">
-        <v>8701580</v>
+        <v>8701570</v>
       </c>
       <c r="C1169" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1169" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1169" s="2" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="F1169" s="2" t="s">
+        <v>2327</v>
+      </c>
+      <c r="G1169" s="2" t="s">
         <v>2328</v>
-      </c>
-[...1 lines deleted...]
-        <v>2329</v>
       </c>
       <c r="H1169" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="1170" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1170" s="2">
+        <v>872</v>
+      </c>
+      <c r="B1170" s="2">
+        <v>8701580</v>
+      </c>
+      <c r="C1170" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1170" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1170" s="2" t="s">
+        <v>2312</v>
+      </c>
+      <c r="F1170" s="2" t="s">
+        <v>2329</v>
+      </c>
+      <c r="G1170" s="2" t="s">
+        <v>2330</v>
+      </c>
+      <c r="H1170" s="2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1171" s="2">
         <v>873</v>
       </c>
-      <c r="B1170" s="2">
+      <c r="B1171" s="2">
         <v>8701599</v>
       </c>
-      <c r="C1170" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1170" s="2" t="s">
+      <c r="C1171" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1171" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1171" s="2" t="s">
+        <v>2312</v>
+      </c>
+      <c r="F1171" s="2" t="s">
         <v>2331</v>
       </c>
-      <c r="H1170" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1171" s="2">
+      <c r="G1171" s="2" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H1171" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1172" s="2">
         <v>874</v>
       </c>
-      <c r="B1171" s="2">
+      <c r="B1172" s="2">
         <v>8702010</v>
       </c>
-      <c r="C1171" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F1171" s="2" t="s">
+      <c r="C1172" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1172" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1172" s="2" t="s">
         <v>2333</v>
       </c>
-      <c r="G1171" s="2" t="s">
+      <c r="F1172" s="2" t="s">
         <v>2334</v>
       </c>
-      <c r="H1171" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1172" s="2">
+      <c r="G1172" s="2" t="s">
+        <v>2335</v>
+      </c>
+      <c r="H1172" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1173" s="2">
         <v>875</v>
       </c>
-      <c r="B1172" s="2">
+      <c r="B1173" s="2">
         <v>8702020</v>
       </c>
-      <c r="C1172" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1172" s="2" t="s">
+      <c r="C1173" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1173" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1173" s="2" t="s">
+        <v>2333</v>
+      </c>
+      <c r="F1173" s="2" t="s">
         <v>2336</v>
       </c>
-      <c r="H1172" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1173" s="2" t="s">
+      <c r="G1173" s="2" t="s">
         <v>2337</v>
-      </c>
-[...1 lines deleted...]
-        <v>2338</v>
       </c>
       <c r="H1173" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1174" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1174" s="2">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="B1174" s="2">
-        <v>8702510</v>
+        <v>8702030</v>
       </c>
       <c r="C1174" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1174" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1174" s="2" t="s">
+        <v>2333</v>
+      </c>
+      <c r="F1174" s="2" t="s">
+        <v>2338</v>
+      </c>
+      <c r="G1174" s="2" t="s">
         <v>2339</v>
-      </c>
-[...4 lines deleted...]
-        <v>2341</v>
       </c>
       <c r="H1174" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1175" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1175" s="2">
+        <v>877</v>
+      </c>
+      <c r="B1175" s="2">
+        <v>8702510</v>
+      </c>
+      <c r="C1175" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1175" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1175" s="2" t="s">
+        <v>2340</v>
+      </c>
+      <c r="F1175" s="2" t="s">
+        <v>2341</v>
+      </c>
+      <c r="G1175" s="2" t="s">
+        <v>2342</v>
+      </c>
+      <c r="H1175" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1176" s="2">
         <v>878</v>
       </c>
-      <c r="B1175" s="2">
+      <c r="B1176" s="2">
         <v>8702520</v>
       </c>
-      <c r="C1175" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1175" s="2" t="s">
+      <c r="C1176" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1176" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1176" s="2" t="s">
+        <v>2340</v>
+      </c>
+      <c r="F1176" s="2" t="s">
         <v>2343</v>
       </c>
-      <c r="H1175" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1176" s="2">
+      <c r="G1176" s="2" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H1176" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1177" s="2">
         <v>879</v>
       </c>
-      <c r="B1176" s="2">
+      <c r="B1177" s="2">
         <v>8702521</v>
       </c>
-      <c r="C1176" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1176" s="2" t="s">
+      <c r="C1177" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1177" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1177" s="2" t="s">
+        <v>2340</v>
+      </c>
+      <c r="F1177" s="2" t="s">
         <v>2345</v>
       </c>
-      <c r="H1176" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1177" s="2">
+      <c r="G1177" s="2" t="s">
+        <v>2346</v>
+      </c>
+      <c r="H1177" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1178" s="2">
         <v>880</v>
       </c>
-      <c r="B1177" s="2">
+      <c r="B1178" s="2">
         <v>8702522</v>
       </c>
-      <c r="C1177" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1177" s="2" t="s">
+      <c r="C1178" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1178" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1178" s="2" t="s">
+        <v>2340</v>
+      </c>
+      <c r="F1178" s="2" t="s">
         <v>2347</v>
       </c>
-      <c r="H1177" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1178" s="2">
+      <c r="G1178" s="2" t="s">
+        <v>2348</v>
+      </c>
+      <c r="H1178" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+      <c r="A1179" s="2">
         <v>881</v>
       </c>
-      <c r="B1178" s="2">
+      <c r="B1179" s="2">
         <v>8702523</v>
       </c>
-      <c r="C1178" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1178" s="2" t="s">
+      <c r="C1179" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1179" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1179" s="2" t="s">
+        <v>2340</v>
+      </c>
+      <c r="F1179" s="2" t="s">
         <v>2349</v>
       </c>
-      <c r="H1178" s="2" t="s">
+      <c r="G1179" s="2" t="s">
+        <v>2350</v>
+      </c>
+      <c r="H1179" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1179" spans="1:8" ht="45" x14ac:dyDescent="0.25">
-      <c r="A1179" s="2">
+    <row r="1180" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1180" s="2">
         <v>882</v>
       </c>
-      <c r="B1179" s="2">
+      <c r="B1180" s="2">
         <v>8702530</v>
       </c>
-      <c r="C1179" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1179" s="2" t="s">
+      <c r="C1180" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1180" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1180" s="2" t="s">
+        <v>2340</v>
+      </c>
+      <c r="F1180" s="2" t="s">
         <v>2351</v>
       </c>
-      <c r="H1179" s="2" t="s">
-[...16 lines deleted...]
-      <c r="E1180" s="2" t="s">
+      <c r="G1180" s="2" t="s">
         <v>2352</v>
       </c>
-      <c r="F1180" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1180" s="2" t="s">
-        <v>192</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1181" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1181" s="2">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="B1181" s="2">
-        <v>8703015</v>
+        <v>8703010</v>
       </c>
       <c r="C1181" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1181" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1181" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1181" s="2" t="s">
+        <v>2354</v>
+      </c>
+      <c r="G1181" s="2" t="s">
         <v>2355</v>
-      </c>
-[...1 lines deleted...]
-        <v>2356</v>
       </c>
       <c r="H1181" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1182" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1182" s="2">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="B1182" s="2">
-        <v>8703020</v>
+        <v>8703015</v>
       </c>
       <c r="C1182" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1182" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1182" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1182" s="2" t="s">
+        <v>2356</v>
+      </c>
+      <c r="G1182" s="2" t="s">
         <v>2357</v>
-      </c>
-[...1 lines deleted...]
-        <v>2358</v>
       </c>
       <c r="H1182" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1183" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1183" s="2">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="B1183" s="2">
-        <v>8703025</v>
+        <v>8703020</v>
       </c>
       <c r="C1183" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1183" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1183" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1183" s="2" t="s">
+        <v>2358</v>
+      </c>
+      <c r="G1183" s="2" t="s">
         <v>2359</v>
-      </c>
-[...1 lines deleted...]
-        <v>2360</v>
       </c>
       <c r="H1183" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1184" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1184" s="2">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="B1184" s="2">
-        <v>8703030</v>
+        <v>8703025</v>
       </c>
       <c r="C1184" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1184" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1184" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1184" s="2" t="s">
+        <v>2360</v>
+      </c>
+      <c r="G1184" s="2" t="s">
         <v>2361</v>
-      </c>
-[...1 lines deleted...]
-        <v>2362</v>
       </c>
       <c r="H1184" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1185" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1185" s="2">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="B1185" s="2">
-        <v>8703035</v>
+        <v>8703030</v>
       </c>
       <c r="C1185" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1185" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1185" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1185" s="2" t="s">
+        <v>2362</v>
+      </c>
+      <c r="G1185" s="2" t="s">
         <v>2363</v>
-      </c>
-[...1 lines deleted...]
-        <v>2364</v>
       </c>
       <c r="H1185" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1186" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1186" s="2">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="B1186" s="2">
-        <v>8703040</v>
+        <v>8703035</v>
       </c>
       <c r="C1186" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1186" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1186" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1186" s="2" t="s">
+        <v>2364</v>
+      </c>
+      <c r="G1186" s="2" t="s">
         <v>2365</v>
-      </c>
-[...1 lines deleted...]
-        <v>2366</v>
       </c>
       <c r="H1186" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1187" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1187" s="2">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="B1187" s="2">
-        <v>8703045</v>
+        <v>8703040</v>
       </c>
       <c r="C1187" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1187" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1187" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1187" s="2" t="s">
+        <v>2366</v>
+      </c>
+      <c r="G1187" s="2" t="s">
         <v>2367</v>
-      </c>
-[...1 lines deleted...]
-        <v>2368</v>
       </c>
       <c r="H1187" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1188" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1188" s="2">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="B1188" s="2">
-        <v>8703050</v>
+        <v>8703045</v>
       </c>
       <c r="C1188" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1188" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1188" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1188" s="2" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G1188" s="2" t="s">
         <v>2369</v>
-      </c>
-[...1 lines deleted...]
-        <v>2370</v>
       </c>
       <c r="H1188" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1189" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1189" s="2">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="B1189" s="2">
-        <v>8703055</v>
+        <v>8703050</v>
       </c>
       <c r="C1189" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1189" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1189" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1189" s="2" t="s">
+        <v>2370</v>
+      </c>
+      <c r="G1189" s="2" t="s">
         <v>2371</v>
-      </c>
-[...1 lines deleted...]
-        <v>2372</v>
       </c>
       <c r="H1189" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1190" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1190" s="2">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="B1190" s="2">
-        <v>8703060</v>
+        <v>8703055</v>
       </c>
       <c r="C1190" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1190" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1190" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1190" s="2" t="s">
+        <v>2372</v>
+      </c>
+      <c r="G1190" s="2" t="s">
         <v>2373</v>
-      </c>
-[...1 lines deleted...]
-        <v>2374</v>
       </c>
       <c r="H1190" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1191" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1191" s="2">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="B1191" s="2">
-        <v>8703065</v>
+        <v>8703060</v>
       </c>
       <c r="C1191" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1191" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1191" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1191" s="2" t="s">
+        <v>2374</v>
+      </c>
+      <c r="G1191" s="2" t="s">
         <v>2375</v>
-      </c>
-[...1 lines deleted...]
-        <v>2376</v>
       </c>
       <c r="H1191" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1192" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1192" s="2">
-        <v>1092</v>
+        <v>894</v>
       </c>
       <c r="B1192" s="2">
-        <v>8703070</v>
+        <v>8703065</v>
       </c>
       <c r="C1192" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1192" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1192" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1192" s="2" t="s">
+        <v>2376</v>
+      </c>
+      <c r="G1192" s="2" t="s">
         <v>2377</v>
-      </c>
-[...1 lines deleted...]
-        <v>2378</v>
       </c>
       <c r="H1192" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1193" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1193" s="2">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="B1193" s="2">
-        <v>8703075</v>
+        <v>8703070</v>
       </c>
       <c r="C1193" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1193" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1193" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1193" s="2" t="s">
+        <v>2378</v>
+      </c>
+      <c r="G1193" s="2" t="s">
         <v>2379</v>
-      </c>
-[...1 lines deleted...]
-        <v>2380</v>
       </c>
       <c r="H1193" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1194" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1194" s="2">
-        <v>1094</v>
+        <v>1093</v>
       </c>
       <c r="B1194" s="2">
-        <v>8703080</v>
+        <v>8703075</v>
       </c>
       <c r="C1194" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1194" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1194" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1194" s="2" t="s">
+        <v>2380</v>
+      </c>
+      <c r="G1194" s="2" t="s">
         <v>2381</v>
-      </c>
-[...1 lines deleted...]
-        <v>2382</v>
       </c>
       <c r="H1194" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1195" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1195" s="2">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="B1195" s="2">
-        <v>8703085</v>
+        <v>8703080</v>
       </c>
       <c r="C1195" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1195" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1195" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1195" s="2" t="s">
+        <v>2382</v>
+      </c>
+      <c r="G1195" s="2" t="s">
         <v>2383</v>
-      </c>
-[...1 lines deleted...]
-        <v>2384</v>
       </c>
       <c r="H1195" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1196" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1196" s="2">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="B1196" s="2">
-        <v>8703090</v>
+        <v>8703085</v>
       </c>
       <c r="C1196" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1196" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1196" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1196" s="2" t="s">
+        <v>2384</v>
+      </c>
+      <c r="G1196" s="2" t="s">
         <v>2385</v>
-      </c>
-[...1 lines deleted...]
-        <v>2386</v>
       </c>
       <c r="H1196" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1197" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1197" s="2">
-        <v>1097</v>
+        <v>1096</v>
       </c>
       <c r="B1197" s="2">
-        <v>8703095</v>
+        <v>8703090</v>
       </c>
       <c r="C1197" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1197" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1197" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1197" s="2" t="s">
+        <v>2386</v>
+      </c>
+      <c r="G1197" s="2" t="s">
         <v>2387</v>
-      </c>
-[...1 lines deleted...]
-        <v>2388</v>
       </c>
       <c r="H1197" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1198" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1198" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1198" s="2">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="B1198" s="2">
-        <v>8703100</v>
+        <v>8703095</v>
       </c>
       <c r="C1198" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1198" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1198" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="F1198" s="2" t="s">
+        <v>2388</v>
+      </c>
+      <c r="G1198" s="2" t="s">
         <v>2389</v>
-      </c>
-[...1 lines deleted...]
-        <v>2390</v>
       </c>
       <c r="H1198" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1199" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1199" s="2">
+        <v>1099</v>
+      </c>
+      <c r="B1199" s="2">
+        <v>8703100</v>
+      </c>
+      <c r="C1199" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1199" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1199" s="2" t="s">
+        <v>2353</v>
+      </c>
+      <c r="F1199" s="2" t="s">
+        <v>2390</v>
+      </c>
+      <c r="G1199" s="2" t="s">
+        <v>2391</v>
+      </c>
+      <c r="H1199" s="2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1200" s="2">
         <v>895</v>
       </c>
-      <c r="B1199" s="2">
+      <c r="B1200" s="2">
         <v>8704001</v>
       </c>
-      <c r="C1199" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F1199" s="2" t="s">
+      <c r="C1200" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1200" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1200" s="2" t="s">
         <v>2392</v>
       </c>
-      <c r="G1199" s="2" t="s">
+      <c r="F1200" s="2" t="s">
         <v>2393</v>
-      </c>
-[...21 lines deleted...]
-        <v>1318</v>
       </c>
       <c r="G1200" s="2" t="s">
         <v>2394</v>
       </c>
       <c r="H1200" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1201" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1201" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1201" s="2">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="B1201" s="2">
-        <v>8704005</v>
+        <v>8704003</v>
       </c>
       <c r="C1201" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1201" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1201" s="2" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="F1201" s="2" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="G1201" s="2" t="s">
         <v>2395</v>
       </c>
       <c r="H1201" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="1202" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1202" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1202" s="2">
+        <v>897</v>
+      </c>
+      <c r="B1202" s="2">
+        <v>8704005</v>
+      </c>
+      <c r="C1202" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1202" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1202" s="2" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F1202" s="2" t="s">
+        <v>1320</v>
+      </c>
+      <c r="G1202" s="2" t="s">
+        <v>2396</v>
+      </c>
+      <c r="H1202" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1203" s="2">
         <v>898</v>
       </c>
-      <c r="B1202" s="2">
+      <c r="B1203" s="2">
         <v>8704007</v>
       </c>
-      <c r="C1202" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1202" s="2" t="s">
+      <c r="C1203" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1203" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1203" s="2" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F1203" s="2" t="s">
         <v>2397</v>
       </c>
-      <c r="H1202" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1203" s="2" t="s">
+      <c r="G1203" s="2" t="s">
         <v>2398</v>
-      </c>
-[...1 lines deleted...]
-        <v>2399</v>
       </c>
       <c r="H1203" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1204" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1204" s="2">
+        <v>899</v>
+      </c>
+      <c r="B1204" s="2">
+        <v>8704011</v>
+      </c>
+      <c r="C1204" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1204" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1204" s="2" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F1204" s="2" t="s">
+        <v>2399</v>
+      </c>
+      <c r="G1204" s="2" t="s">
+        <v>2400</v>
+      </c>
+      <c r="H1204" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1205" s="2">
         <v>900</v>
       </c>
-      <c r="B1204" s="2">
+      <c r="B1205" s="2">
         <v>8704013</v>
       </c>
-      <c r="C1204" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1204" s="2" t="s">
+      <c r="C1205" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1205" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1205" s="2" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F1205" s="2" t="s">
         <v>2401</v>
       </c>
-      <c r="H1204" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1205" s="2">
+      <c r="G1205" s="2" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H1205" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1206" s="2">
         <v>901</v>
       </c>
-      <c r="B1205" s="2">
+      <c r="B1206" s="2">
         <v>8704015</v>
       </c>
-      <c r="C1205" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1205" s="2" t="s">
+      <c r="C1206" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1206" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1206" s="2" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F1206" s="2" t="s">
         <v>2403</v>
       </c>
-      <c r="H1205" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1206" s="2">
+      <c r="G1206" s="2" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H1206" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+      <c r="A1207" s="2">
         <v>902</v>
       </c>
-      <c r="B1206" s="2">
+      <c r="B1207" s="2">
         <v>8704019</v>
       </c>
-      <c r="C1206" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1206" s="2" t="s">
+      <c r="C1207" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1207" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1207" s="2" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F1207" s="2" t="s">
         <v>2405</v>
       </c>
-      <c r="H1206" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1207" s="2">
+      <c r="G1207" s="2" t="s">
+        <v>2406</v>
+      </c>
+      <c r="H1207" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1208" s="2">
         <v>903</v>
       </c>
-      <c r="B1207" s="2">
+      <c r="B1208" s="2">
         <v>8704021</v>
       </c>
-      <c r="C1207" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1207" s="2" t="s">
+      <c r="C1208" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1208" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1208" s="2" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F1208" s="2" t="s">
         <v>2407</v>
       </c>
-      <c r="H1207" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1208" s="2">
+      <c r="G1208" s="2" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H1208" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1209" s="2">
         <v>904</v>
       </c>
-      <c r="B1208" s="2">
+      <c r="B1209" s="2">
         <v>8704039</v>
       </c>
-      <c r="C1208" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1208" s="2" t="s">
+      <c r="C1209" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1209" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1209" s="2" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F1209" s="2" t="s">
         <v>2409</v>
       </c>
-      <c r="H1208" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1209" s="2">
+      <c r="G1209" s="2" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H1209" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:8" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1210" s="2">
         <v>905</v>
       </c>
-      <c r="B1209" s="2">
+      <c r="B1210" s="2">
         <v>8704151</v>
       </c>
-      <c r="C1209" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F1209" s="2" t="s">
+      <c r="C1210" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1210" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1210" s="2" t="s">
         <v>2411</v>
       </c>
-      <c r="G1209" s="2" t="s">
+      <c r="F1210" s="2" t="s">
         <v>2412</v>
       </c>
-      <c r="H1209" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1210" s="2">
+      <c r="G1210" s="2" t="s">
+        <v>2413</v>
+      </c>
+      <c r="H1210" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1211" s="2">
         <v>906</v>
       </c>
-      <c r="B1210" s="2">
+      <c r="B1211" s="2">
         <v>8704153</v>
       </c>
-      <c r="C1210" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1210" s="2" t="s">
+      <c r="C1211" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1211" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1211" s="2" t="s">
+        <v>2411</v>
+      </c>
+      <c r="F1211" s="2" t="s">
         <v>2414</v>
       </c>
-      <c r="H1210" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1211" s="2" t="s">
+      <c r="G1211" s="2" t="s">
         <v>2415</v>
-      </c>
-[...1 lines deleted...]
-        <v>2416</v>
       </c>
       <c r="H1211" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1212" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1212" s="2">
+        <v>907</v>
+      </c>
+      <c r="B1212" s="2">
+        <v>8704155</v>
+      </c>
+      <c r="C1212" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1212" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1212" s="2" t="s">
+        <v>2411</v>
+      </c>
+      <c r="F1212" s="2" t="s">
+        <v>2416</v>
+      </c>
+      <c r="G1212" s="2" t="s">
+        <v>2417</v>
+      </c>
+      <c r="H1212" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+      <c r="A1213" s="2">
         <v>908</v>
       </c>
-      <c r="B1212" s="2">
+      <c r="B1213" s="2">
         <v>8704159</v>
       </c>
-      <c r="C1212" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1212" s="2" t="s">
+      <c r="C1213" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1213" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1213" s="2" t="s">
+        <v>2411</v>
+      </c>
+      <c r="F1213" s="2" t="s">
         <v>2418</v>
       </c>
-      <c r="H1212" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1213" s="2">
+      <c r="G1213" s="2" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H1213" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1214" s="2">
         <v>909</v>
       </c>
-      <c r="B1213" s="2">
+      <c r="B1214" s="2">
         <v>8704510</v>
       </c>
-      <c r="C1213" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F1213" s="2" t="s">
+      <c r="C1214" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1214" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1214" s="2" t="s">
         <v>2420</v>
       </c>
-      <c r="G1213" s="2" t="s">
+      <c r="F1214" s="2" t="s">
         <v>2421</v>
       </c>
-      <c r="H1213" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1214" s="2" t="s">
+      <c r="G1214" s="2" t="s">
         <v>2422</v>
-      </c>
-[...1 lines deleted...]
-        <v>2423</v>
       </c>
       <c r="H1214" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1215" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1215" s="2">
+        <v>910</v>
+      </c>
+      <c r="B1215" s="2">
+        <v>8704520</v>
+      </c>
+      <c r="C1215" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1215" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1215" s="2" t="s">
+        <v>2420</v>
+      </c>
+      <c r="F1215" s="2" t="s">
+        <v>2423</v>
+      </c>
+      <c r="G1215" s="2" t="s">
+        <v>2424</v>
+      </c>
+      <c r="H1215" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1216" s="2">
         <v>911</v>
       </c>
-      <c r="B1215" s="2">
+      <c r="B1216" s="2">
         <v>8704590</v>
       </c>
-      <c r="C1215" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1215" s="2" t="s">
+      <c r="C1216" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1216" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1216" s="2" t="s">
+        <v>2420</v>
+      </c>
+      <c r="F1216" s="2" t="s">
         <v>2425</v>
       </c>
-      <c r="H1215" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1216" s="2">
+      <c r="G1216" s="2" t="s">
+        <v>2426</v>
+      </c>
+      <c r="H1216" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1217" s="2">
         <v>912</v>
       </c>
-      <c r="B1216" s="2">
+      <c r="B1217" s="2">
         <v>8704599</v>
       </c>
-      <c r="C1216" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1216" s="2" t="s">
+      <c r="C1217" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1217" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1217" s="2" t="s">
+        <v>2420</v>
+      </c>
+      <c r="F1217" s="2" t="s">
         <v>2427</v>
       </c>
-      <c r="H1216" s="2" t="s">
-[...16 lines deleted...]
-      <c r="E1217" s="2" t="s">
+      <c r="G1217" s="2" t="s">
         <v>2428</v>
-      </c>
-[...4 lines deleted...]
-        <v>2430</v>
       </c>
       <c r="H1217" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1218" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1218" s="2">
-        <v>914</v>
+        <v>913</v>
       </c>
       <c r="B1218" s="2">
-        <v>8705021</v>
+        <v>8705011</v>
       </c>
       <c r="C1218" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1218" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1218" s="2" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="F1218" s="2" t="s">
+        <v>2430</v>
+      </c>
+      <c r="G1218" s="2" t="s">
         <v>2431</v>
-      </c>
-[...1 lines deleted...]
-        <v>2432</v>
       </c>
       <c r="H1218" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1219" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1219" s="2">
+        <v>914</v>
+      </c>
+      <c r="B1219" s="2">
+        <v>8705021</v>
+      </c>
+      <c r="C1219" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1219" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1219" s="2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F1219" s="2" t="s">
+        <v>2432</v>
+      </c>
+      <c r="G1219" s="2" t="s">
+        <v>2433</v>
+      </c>
+      <c r="H1219" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1220" s="2">
         <v>915</v>
       </c>
-      <c r="B1219" s="2">
+      <c r="B1220" s="2">
         <v>8705022</v>
       </c>
-      <c r="C1219" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1219" s="2" t="s">
+      <c r="C1220" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1220" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1220" s="2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F1220" s="2" t="s">
         <v>2434</v>
       </c>
-      <c r="H1219" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1220" s="2">
+      <c r="G1220" s="2" t="s">
+        <v>2435</v>
+      </c>
+      <c r="H1220" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1221" s="2">
         <v>916</v>
       </c>
-      <c r="B1220" s="2">
+      <c r="B1221" s="2">
         <v>8705031</v>
       </c>
-      <c r="C1220" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1220" s="2" t="s">
+      <c r="C1221" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1221" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1221" s="2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F1221" s="2" t="s">
         <v>2436</v>
       </c>
-      <c r="H1220" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1221" s="2">
+      <c r="G1221" s="2" t="s">
+        <v>2437</v>
+      </c>
+      <c r="H1221" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1222" s="2">
         <v>917</v>
       </c>
-      <c r="B1221" s="2">
+      <c r="B1222" s="2">
         <v>8705041</v>
       </c>
-      <c r="C1221" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1221" s="2" t="s">
+      <c r="C1222" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1222" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1222" s="2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F1222" s="2" t="s">
         <v>2438</v>
       </c>
-      <c r="H1221" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1222" s="2">
+      <c r="G1222" s="2" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H1222" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1223" s="2">
         <v>918</v>
       </c>
-      <c r="B1222" s="2">
+      <c r="B1223" s="2">
         <v>8705051</v>
       </c>
-      <c r="C1222" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1222" s="2" t="s">
+      <c r="C1223" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1223" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1223" s="2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F1223" s="2" t="s">
         <v>2440</v>
       </c>
-      <c r="H1222" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1223" s="2" t="s">
+      <c r="G1223" s="2" t="s">
         <v>2441</v>
-      </c>
-[...1 lines deleted...]
-        <v>2442</v>
       </c>
       <c r="H1223" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1224" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1224" s="2">
+        <v>1145</v>
+      </c>
+      <c r="B1224" s="2">
+        <v>8705052</v>
+      </c>
+      <c r="C1224" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1224" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1224" s="2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F1224" s="2" t="s">
+        <v>2442</v>
+      </c>
+      <c r="G1224" s="2" t="s">
+        <v>2443</v>
+      </c>
+      <c r="H1224" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1225" s="2">
         <v>1406</v>
       </c>
-      <c r="B1224" s="2">
+      <c r="B1225" s="2">
         <v>8705075</v>
       </c>
-      <c r="C1224" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1224" s="2" t="s">
+      <c r="C1225" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1225" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1225" s="2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F1225" s="2" t="s">
         <v>2444</v>
       </c>
-      <c r="H1224" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1225" s="2" t="s">
+      <c r="G1225" s="2" t="s">
         <v>2445</v>
-      </c>
-[...1 lines deleted...]
-        <v>2446</v>
       </c>
       <c r="H1225" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1226" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1226" s="2">
+        <v>919</v>
+      </c>
+      <c r="B1226" s="2">
+        <v>8705099</v>
+      </c>
+      <c r="C1226" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1226" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1226" s="2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F1226" s="2" t="s">
+        <v>2446</v>
+      </c>
+      <c r="G1226" s="2" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H1226" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1227" s="2">
         <v>920</v>
       </c>
-      <c r="B1226" s="2">
+      <c r="B1227" s="2">
         <v>8705510</v>
       </c>
-      <c r="C1226" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F1226" s="2" t="s">
+      <c r="C1227" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1227" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1227" s="2" t="s">
         <v>2448</v>
       </c>
-      <c r="G1226" s="2" t="s">
+      <c r="F1227" s="2" t="s">
         <v>2449</v>
       </c>
-      <c r="H1226" s="2" t="s">
+      <c r="G1227" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="H1227" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1227" spans="1:8" ht="105" x14ac:dyDescent="0.25">
-      <c r="A1227" s="2">
+    <row r="1228" spans="1:8" ht="105" x14ac:dyDescent="0.25">
+      <c r="A1228" s="2">
         <v>921</v>
       </c>
-      <c r="B1227" s="2">
+      <c r="B1228" s="2">
         <v>8705520</v>
       </c>
-      <c r="C1227" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1227" s="2" t="s">
+      <c r="C1228" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1228" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1228" s="2" t="s">
+        <v>2448</v>
+      </c>
+      <c r="F1228" s="2" t="s">
         <v>2451</v>
       </c>
-      <c r="H1227" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1228" s="2">
+      <c r="G1228" s="2" t="s">
+        <v>2452</v>
+      </c>
+      <c r="H1228" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1229" s="2">
         <v>922</v>
       </c>
-      <c r="B1228" s="2">
+      <c r="B1229" s="2">
         <v>8706010</v>
       </c>
-      <c r="C1228" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F1228" s="2" t="s">
+      <c r="C1229" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1229" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1229" s="2" t="s">
         <v>2453</v>
       </c>
-      <c r="G1228" s="2" t="s">
+      <c r="F1229" s="2" t="s">
         <v>2454</v>
       </c>
-      <c r="H1228" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1229" s="2" t="s">
+      <c r="G1229" s="2" t="s">
         <v>2455</v>
-      </c>
-[...1 lines deleted...]
-        <v>2456</v>
       </c>
       <c r="H1229" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1230" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1230" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1230" s="2">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="B1230" s="2">
-        <v>8706020</v>
+        <v>8706011</v>
       </c>
       <c r="C1230" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1230" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1230" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1230" s="2" t="s">
+        <v>2456</v>
+      </c>
+      <c r="G1230" s="2" t="s">
         <v>2457</v>
-      </c>
-[...1 lines deleted...]
-        <v>2458</v>
       </c>
       <c r="H1230" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1231" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1231" s="2">
-        <v>1386</v>
+        <v>924</v>
       </c>
       <c r="B1231" s="2">
-        <v>8706021</v>
+        <v>8706020</v>
       </c>
       <c r="C1231" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1231" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1231" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1231" s="2" t="s">
+        <v>2458</v>
+      </c>
+      <c r="G1231" s="2" t="s">
         <v>2459</v>
-      </c>
-[...1 lines deleted...]
-        <v>2460</v>
       </c>
       <c r="H1231" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1232" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1232" s="2">
-        <v>1387</v>
+        <v>1386</v>
       </c>
       <c r="B1232" s="2">
-        <v>8706022</v>
+        <v>8706021</v>
       </c>
       <c r="C1232" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1232" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1232" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1232" s="2" t="s">
+        <v>2460</v>
+      </c>
+      <c r="G1232" s="2" t="s">
         <v>2461</v>
-      </c>
-[...1 lines deleted...]
-        <v>2460</v>
       </c>
       <c r="H1232" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1233" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1233" s="2">
-        <v>1388</v>
+        <v>1387</v>
       </c>
       <c r="B1233" s="2">
-        <v>8706023</v>
+        <v>8706022</v>
       </c>
       <c r="C1233" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1233" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1233" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1233" s="2" t="s">
         <v>2462</v>
       </c>
       <c r="G1233" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1233" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1234" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1234" s="2">
-        <v>1389</v>
+        <v>1388</v>
       </c>
       <c r="B1234" s="2">
-        <v>8706024</v>
+        <v>8706023</v>
       </c>
       <c r="C1234" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1234" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1234" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1234" s="2" t="s">
         <v>2463</v>
       </c>
       <c r="G1234" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1234" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1235" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1235" s="2">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="B1235" s="2">
-        <v>8706025</v>
+        <v>8706024</v>
       </c>
       <c r="C1235" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1235" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1235" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1235" s="2" t="s">
         <v>2464</v>
       </c>
       <c r="G1235" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1235" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1236" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1236" s="2">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="B1236" s="2">
-        <v>8706026</v>
+        <v>8706025</v>
       </c>
       <c r="C1236" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1236" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1236" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1236" s="2" t="s">
         <v>2465</v>
       </c>
       <c r="G1236" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1236" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1237" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1237" s="2">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="B1237" s="2">
-        <v>8706027</v>
+        <v>8706026</v>
       </c>
       <c r="C1237" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1237" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1237" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1237" s="2" t="s">
         <v>2466</v>
       </c>
       <c r="G1237" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1237" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1238" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+    <row r="1238" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1238" s="2">
-        <v>925</v>
+        <v>1392</v>
       </c>
       <c r="B1238" s="2">
-        <v>8706030</v>
+        <v>8706027</v>
       </c>
       <c r="C1238" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1238" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1238" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1238" s="2" t="s">
         <v>2467</v>
       </c>
       <c r="G1238" s="2" t="s">
-        <v>2468</v>
+        <v>2461</v>
       </c>
       <c r="H1238" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1239" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1239" s="2">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="B1239" s="2">
-        <v>8706040</v>
+        <v>8706030</v>
       </c>
       <c r="C1239" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1239" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1239" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1239" s="2" t="s">
+        <v>2468</v>
+      </c>
+      <c r="G1239" s="2" t="s">
         <v>2469</v>
-      </c>
-[...1 lines deleted...]
-        <v>2468</v>
       </c>
       <c r="H1239" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1240" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1240" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1240" s="2">
-        <v>1339</v>
+        <v>926</v>
       </c>
       <c r="B1240" s="2">
-        <v>8706041</v>
+        <v>8706040</v>
       </c>
       <c r="C1240" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1240" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1240" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1240" s="2" t="s">
         <v>2470</v>
       </c>
       <c r="G1240" s="2" t="s">
-        <v>2471</v>
+        <v>2469</v>
       </c>
       <c r="H1240" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1241" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1241" s="2">
-        <v>1340</v>
+        <v>1339</v>
       </c>
       <c r="B1241" s="2">
-        <v>8706042</v>
+        <v>8706041</v>
       </c>
       <c r="C1241" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1241" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1241" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1241" s="2" t="s">
+        <v>2471</v>
+      </c>
+      <c r="G1241" s="2" t="s">
         <v>2472</v>
-      </c>
-[...1 lines deleted...]
-        <v>2471</v>
       </c>
       <c r="H1241" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1242" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1242" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1242" s="2">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="B1242" s="2">
-        <v>8706043</v>
+        <v>8706042</v>
       </c>
       <c r="C1242" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1242" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1242" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1242" s="2" t="s">
         <v>2473</v>
       </c>
       <c r="G1242" s="2" t="s">
-        <v>2460</v>
+        <v>2472</v>
       </c>
       <c r="H1242" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1243" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1243" s="2">
-        <v>1342</v>
+        <v>1341</v>
       </c>
       <c r="B1243" s="2">
-        <v>8706044</v>
+        <v>8706043</v>
       </c>
       <c r="C1243" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1243" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1243" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1243" s="2" t="s">
         <v>2474</v>
       </c>
       <c r="G1243" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1243" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1244" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1244" s="2">
-        <v>1343</v>
+        <v>1342</v>
       </c>
       <c r="B1244" s="2">
-        <v>8706045</v>
+        <v>8706044</v>
       </c>
       <c r="C1244" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1244" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1244" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1244" s="2" t="s">
         <v>2475</v>
       </c>
       <c r="G1244" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1244" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1245" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1245" s="2">
-        <v>1344</v>
+        <v>1343</v>
       </c>
       <c r="B1245" s="2">
-        <v>8706046</v>
+        <v>8706045</v>
       </c>
       <c r="C1245" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1245" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1245" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1245" s="2" t="s">
         <v>2476</v>
       </c>
       <c r="G1245" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1245" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1246" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1246" s="2">
-        <v>1345</v>
+        <v>1344</v>
       </c>
       <c r="B1246" s="2">
-        <v>8706047</v>
+        <v>8706046</v>
       </c>
       <c r="C1246" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1246" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1246" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1246" s="2" t="s">
         <v>2477</v>
       </c>
       <c r="G1246" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1246" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1247" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1247" s="2">
-        <v>1346</v>
+        <v>1345</v>
       </c>
       <c r="B1247" s="2">
-        <v>8706048</v>
+        <v>8706047</v>
       </c>
       <c r="C1247" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1247" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1247" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1247" s="2" t="s">
         <v>2478</v>
       </c>
       <c r="G1247" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1247" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1248" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1248" s="2">
-        <v>1347</v>
+        <v>1346</v>
       </c>
       <c r="B1248" s="2">
-        <v>8706049</v>
+        <v>8706048</v>
       </c>
       <c r="C1248" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1248" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1248" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1248" s="2" t="s">
         <v>2479</v>
       </c>
       <c r="G1248" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1248" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1249" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1249" s="2">
-        <v>1348</v>
+        <v>1347</v>
       </c>
       <c r="B1249" s="2">
-        <v>8706050</v>
+        <v>8706049</v>
       </c>
       <c r="C1249" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1249" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1249" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1249" s="2" t="s">
         <v>2480</v>
       </c>
       <c r="G1249" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1249" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1250" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1250" s="2">
-        <v>1349</v>
+        <v>1348</v>
       </c>
       <c r="B1250" s="2">
-        <v>8706051</v>
+        <v>8706050</v>
       </c>
       <c r="C1250" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1250" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1250" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1250" s="2" t="s">
         <v>2481</v>
       </c>
       <c r="G1250" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1250" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1251" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1251" s="2">
-        <v>1350</v>
-[...2 lines deleted...]
-        <v>8706052</v>
+        <v>1349</v>
+      </c>
+      <c r="B1251" s="2">
+        <v>8706051</v>
       </c>
       <c r="C1251" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1251" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1251" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1251" s="2" t="s">
         <v>2482</v>
       </c>
       <c r="G1251" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1251" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1252" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1252" s="2">
-        <v>1351</v>
+        <v>1350</v>
       </c>
       <c r="B1252" s="3">
-        <v>8706053</v>
+        <v>8706052</v>
       </c>
       <c r="C1252" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1252" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1252" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1252" s="2" t="s">
         <v>2483</v>
       </c>
       <c r="G1252" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1252" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1253" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1253" s="2">
-        <v>1352</v>
+        <v>1351</v>
       </c>
       <c r="B1253" s="3">
-        <v>8706054</v>
+        <v>8706053</v>
       </c>
       <c r="C1253" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1253" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1253" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1253" s="2" t="s">
         <v>2484</v>
       </c>
       <c r="G1253" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1253" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1254" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1254" s="2">
-        <v>1353</v>
+        <v>1352</v>
       </c>
       <c r="B1254" s="3">
-        <v>8706055</v>
+        <v>8706054</v>
       </c>
       <c r="C1254" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1254" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1254" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1254" s="2" t="s">
         <v>2485</v>
       </c>
       <c r="G1254" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1254" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1255" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1255" s="2">
-        <v>1354</v>
+        <v>1353</v>
       </c>
       <c r="B1255" s="3">
-        <v>8706056</v>
+        <v>8706055</v>
       </c>
       <c r="C1255" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1255" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1255" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1255" s="2" t="s">
         <v>2486</v>
       </c>
       <c r="G1255" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1255" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1256" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1256" s="2">
-        <v>1355</v>
+        <v>1354</v>
       </c>
       <c r="B1256" s="3">
-        <v>8706057</v>
+        <v>8706056</v>
       </c>
       <c r="C1256" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1256" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1256" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1256" s="2" t="s">
         <v>2487</v>
       </c>
       <c r="G1256" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1256" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1257" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1257" s="2">
-        <v>1356</v>
+        <v>1355</v>
       </c>
       <c r="B1257" s="3">
-        <v>8706058</v>
+        <v>8706057</v>
       </c>
       <c r="C1257" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1257" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1257" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1257" s="2" t="s">
         <v>2488</v>
       </c>
       <c r="G1257" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1257" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1258" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1258" s="2">
-        <v>1357</v>
+        <v>1356</v>
       </c>
       <c r="B1258" s="3">
-        <v>8706059</v>
+        <v>8706058</v>
       </c>
       <c r="C1258" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1258" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1258" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1258" s="2" t="s">
         <v>2489</v>
       </c>
       <c r="G1258" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1258" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1259" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1259" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1259" s="2">
-        <v>1070</v>
-[...2 lines deleted...]
-        <v>8706060</v>
+        <v>1357</v>
+      </c>
+      <c r="B1259" s="3">
+        <v>8706059</v>
       </c>
       <c r="C1259" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1259" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1259" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1259" s="2" t="s">
         <v>2490</v>
       </c>
       <c r="G1259" s="2" t="s">
-        <v>2491</v>
+        <v>2461</v>
       </c>
       <c r="H1259" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1260" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1260" s="2">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="B1260" s="2">
-        <v>8706061</v>
+        <v>8706060</v>
       </c>
       <c r="C1260" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1260" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1260" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1260" s="2" t="s">
+        <v>2491</v>
+      </c>
+      <c r="G1260" s="2" t="s">
         <v>2492</v>
-      </c>
-[...1 lines deleted...]
-        <v>2491</v>
       </c>
       <c r="H1260" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1261" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1261" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1261" s="2">
-        <v>1358</v>
-[...2 lines deleted...]
-        <v>8706062</v>
+        <v>1071</v>
+      </c>
+      <c r="B1261" s="2">
+        <v>8706061</v>
       </c>
       <c r="C1261" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1261" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1261" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1261" s="2" t="s">
         <v>2493</v>
       </c>
       <c r="G1261" s="2" t="s">
-        <v>2460</v>
+        <v>2492</v>
       </c>
       <c r="H1261" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1262" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1262" s="2">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="B1262" s="3">
-        <v>8706063</v>
+        <v>8706062</v>
       </c>
       <c r="C1262" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1262" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1262" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1262" s="2" t="s">
         <v>2494</v>
       </c>
       <c r="G1262" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1262" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1263" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1263" s="2">
-        <v>1372</v>
+        <v>1359</v>
       </c>
       <c r="B1263" s="3">
-        <v>8706064</v>
+        <v>8706063</v>
       </c>
       <c r="C1263" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1263" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1263" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1263" s="2" t="s">
         <v>2495</v>
       </c>
       <c r="G1263" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1263" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1264" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1264" s="2">
-        <v>1376</v>
+        <v>1372</v>
       </c>
       <c r="B1264" s="3">
-        <v>8706065</v>
+        <v>8706064</v>
       </c>
       <c r="C1264" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1264" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1264" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1264" s="2" t="s">
         <v>2496</v>
       </c>
       <c r="G1264" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1264" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1265" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1265" s="2">
-        <v>1377</v>
+        <v>1376</v>
       </c>
       <c r="B1265" s="3">
-        <v>8706066</v>
+        <v>8706065</v>
       </c>
       <c r="C1265" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1265" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1265" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1265" s="2" t="s">
         <v>2497</v>
       </c>
       <c r="G1265" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1265" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1266" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1266" s="2">
-        <v>1385</v>
+        <v>1377</v>
       </c>
       <c r="B1266" s="3">
-        <v>8706067</v>
+        <v>8706066</v>
       </c>
       <c r="C1266" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1266" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1266" s="2" t="s">
-        <v>2452</v>
-[...1 lines deleted...]
-      <c r="F1266" s="6" t="s">
+        <v>2453</v>
+      </c>
+      <c r="F1266" s="2" t="s">
         <v>2498</v>
       </c>
       <c r="G1266" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="H1266" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1267" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1267" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1267" s="2">
-        <v>927</v>
-[...2 lines deleted...]
-        <v>8706070</v>
+        <v>1385</v>
+      </c>
+      <c r="B1267" s="3">
+        <v>8706067</v>
       </c>
       <c r="C1267" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1267" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1267" s="2" t="s">
-        <v>2452</v>
-[...1 lines deleted...]
-      <c r="F1267" s="2" t="s">
+        <v>2453</v>
+      </c>
+      <c r="F1267" s="6" t="s">
         <v>2499</v>
       </c>
       <c r="G1267" s="2" t="s">
-        <v>2491</v>
+        <v>2461</v>
       </c>
       <c r="H1267" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1268" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1268" s="2">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="B1268" s="2">
-        <v>8706071</v>
+        <v>8706070</v>
       </c>
       <c r="C1268" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1268" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1268" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1268" s="2" t="s">
         <v>2500</v>
       </c>
       <c r="G1268" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1268" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1269" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1269" s="2">
-        <v>929</v>
+        <v>928</v>
       </c>
       <c r="B1269" s="2">
-        <v>8706072</v>
+        <v>8706071</v>
       </c>
       <c r="C1269" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1269" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1269" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1269" s="2" t="s">
         <v>2501</v>
       </c>
       <c r="G1269" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1269" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1270" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1270" s="2">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="B1270" s="2">
-        <v>8706073</v>
+        <v>8706072</v>
       </c>
       <c r="C1270" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1270" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1270" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1270" s="2" t="s">
         <v>2502</v>
       </c>
       <c r="G1270" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1270" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1271" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1271" s="2">
-        <v>931</v>
+        <v>930</v>
       </c>
       <c r="B1271" s="2">
-        <v>8706074</v>
+        <v>8706073</v>
       </c>
       <c r="C1271" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1271" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1271" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1271" s="2" t="s">
         <v>2503</v>
       </c>
       <c r="G1271" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1271" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1272" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1272" s="2">
-        <v>932</v>
+        <v>931</v>
       </c>
       <c r="B1272" s="2">
-        <v>8706075</v>
+        <v>8706074</v>
       </c>
       <c r="C1272" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1272" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1272" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1272" s="2" t="s">
         <v>2504</v>
       </c>
       <c r="G1272" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1272" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1273" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1273" s="2">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="B1273" s="2">
-        <v>8706076</v>
+        <v>8706075</v>
       </c>
       <c r="C1273" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1273" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1273" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1273" s="2" t="s">
         <v>2505</v>
       </c>
       <c r="G1273" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1273" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1274" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1274" s="2">
-        <v>934</v>
+        <v>933</v>
       </c>
       <c r="B1274" s="2">
-        <v>8706077</v>
+        <v>8706076</v>
       </c>
       <c r="C1274" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1274" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1274" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1274" s="2" t="s">
         <v>2506</v>
       </c>
       <c r="G1274" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1274" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1275" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1275" s="2">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="B1275" s="2">
-        <v>8706078</v>
+        <v>8706077</v>
       </c>
       <c r="C1275" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1275" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1275" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1275" s="2" t="s">
         <v>2507</v>
       </c>
       <c r="G1275" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1275" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1276" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1276" s="2">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="B1276" s="2">
-        <v>8706079</v>
+        <v>8706078</v>
       </c>
       <c r="C1276" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1276" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1276" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1276" s="2" t="s">
         <v>2508</v>
       </c>
       <c r="G1276" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1276" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1277" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1277" s="2">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="B1277" s="2">
-        <v>8706080</v>
+        <v>8706079</v>
       </c>
       <c r="C1277" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1277" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1277" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1277" s="2" t="s">
         <v>2509</v>
       </c>
       <c r="G1277" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1277" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1278" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1278" s="2">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="B1278" s="2">
-        <v>8706081</v>
+        <v>8706080</v>
       </c>
       <c r="C1278" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1278" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1278" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1278" s="2" t="s">
         <v>2510</v>
       </c>
       <c r="G1278" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1278" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1279" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1279" s="2">
-        <v>1044</v>
+        <v>938</v>
       </c>
       <c r="B1279" s="2">
-        <v>8706082</v>
+        <v>8706081</v>
       </c>
       <c r="C1279" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1279" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1279" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1279" s="2" t="s">
         <v>2511</v>
       </c>
       <c r="G1279" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1279" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1280" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1280" s="2">
-        <v>1045</v>
+        <v>1044</v>
       </c>
       <c r="B1280" s="2">
-        <v>8706083</v>
+        <v>8706082</v>
       </c>
       <c r="C1280" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1280" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1280" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1280" s="2" t="s">
         <v>2512</v>
       </c>
       <c r="G1280" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1280" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1281" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1281" s="2">
-        <v>1046</v>
+        <v>1045</v>
       </c>
       <c r="B1281" s="2">
-        <v>8706084</v>
+        <v>8706083</v>
       </c>
       <c r="C1281" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1281" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1281" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1281" s="2" t="s">
         <v>2513</v>
       </c>
       <c r="G1281" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1281" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1282" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1282" s="2">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="B1282" s="2">
-        <v>8706085</v>
+        <v>8706084</v>
       </c>
       <c r="C1282" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1282" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1282" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1282" s="2" t="s">
         <v>2514</v>
       </c>
       <c r="G1282" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1282" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1283" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1283" s="2">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="B1283" s="2">
-        <v>8706086</v>
+        <v>8706085</v>
       </c>
       <c r="C1283" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1283" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1283" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1283" s="2" t="s">
         <v>2515</v>
       </c>
       <c r="G1283" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1283" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1284" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1284" s="2">
-        <v>1049</v>
+        <v>1048</v>
       </c>
       <c r="B1284" s="2">
-        <v>8706087</v>
+        <v>8706086</v>
       </c>
       <c r="C1284" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1284" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1284" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1284" s="2" t="s">
         <v>2516</v>
       </c>
       <c r="G1284" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1284" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1285" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1285" s="2">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="B1285" s="2">
-        <v>8706088</v>
+        <v>8706087</v>
       </c>
       <c r="C1285" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1285" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1285" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1285" s="2" t="s">
         <v>2517</v>
       </c>
       <c r="G1285" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1285" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1286" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1286" s="2">
-        <v>1066</v>
+        <v>1050</v>
       </c>
       <c r="B1286" s="2">
-        <v>8706089</v>
+        <v>8706088</v>
       </c>
       <c r="C1286" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1286" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1286" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1286" s="2" t="s">
         <v>2518</v>
       </c>
       <c r="G1286" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1286" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1287" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1287" s="2">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="B1287" s="2">
-        <v>8706090</v>
+        <v>8706089</v>
       </c>
       <c r="C1287" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1287" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1287" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1287" s="2" t="s">
         <v>2519</v>
       </c>
       <c r="G1287" s="2" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="H1287" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1288" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1288" s="2">
-        <v>1252</v>
+        <v>1067</v>
       </c>
       <c r="B1288" s="2">
-        <v>8706091</v>
+        <v>8706090</v>
       </c>
       <c r="C1288" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1288" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1288" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1288" s="2" t="s">
         <v>2520</v>
       </c>
       <c r="G1288" s="2" t="s">
-        <v>2521</v>
+        <v>2492</v>
       </c>
       <c r="H1288" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1289" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    <row r="1289" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1289" s="2">
-        <v>1130</v>
+        <v>1252</v>
       </c>
       <c r="B1289" s="2">
-        <v>8706095</v>
+        <v>8706091</v>
       </c>
       <c r="C1289" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1289" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1289" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1289" s="2" t="s">
+        <v>2521</v>
+      </c>
+      <c r="G1289" s="2" t="s">
         <v>2522</v>
-      </c>
-[...1 lines deleted...]
-        <v>2523</v>
       </c>
       <c r="H1289" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1290" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+    <row r="1290" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1290" s="2">
-        <v>939</v>
+        <v>1130</v>
       </c>
       <c r="B1290" s="2">
-        <v>8706099</v>
+        <v>8706095</v>
       </c>
       <c r="C1290" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1290" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1290" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F1290" s="2" t="s">
+        <v>2523</v>
+      </c>
+      <c r="G1290" s="2" t="s">
         <v>2524</v>
-      </c>
-[...1 lines deleted...]
-        <v>2525</v>
       </c>
       <c r="H1290" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1291" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1291" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1291" s="2">
+        <v>939</v>
+      </c>
+      <c r="B1291" s="2">
+        <v>8706099</v>
+      </c>
+      <c r="C1291" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1291" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1291" s="2" t="s">
+        <v>2453</v>
+      </c>
+      <c r="F1291" s="2" t="s">
+        <v>2525</v>
+      </c>
+      <c r="G1291" s="2" t="s">
+        <v>2526</v>
+      </c>
+      <c r="H1291" s="2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1292" s="2">
         <v>940</v>
       </c>
-      <c r="B1291" s="2">
+      <c r="B1292" s="2">
         <v>8707020</v>
       </c>
-      <c r="C1291" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F1291" s="2" t="s">
+      <c r="C1292" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1292" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1292" s="2" t="s">
         <v>2527</v>
       </c>
-      <c r="G1291" s="2" t="s">
+      <c r="F1292" s="2" t="s">
         <v>2528</v>
       </c>
-      <c r="H1291" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1292" s="2" t="s">
+      <c r="G1292" s="2" t="s">
         <v>2529</v>
-      </c>
-[...1 lines deleted...]
-        <v>2530</v>
       </c>
       <c r="H1292" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1293" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1293" s="2">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="B1293" s="2">
-        <v>8707040</v>
+        <v>8707030</v>
       </c>
       <c r="C1293" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1293" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1293" s="2" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
       <c r="F1293" s="2" t="s">
+        <v>2530</v>
+      </c>
+      <c r="G1293" s="2" t="s">
         <v>2531</v>
-      </c>
-[...1 lines deleted...]
-        <v>2532</v>
       </c>
       <c r="H1293" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1294" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1294" s="2">
-        <v>943</v>
+        <v>942</v>
       </c>
       <c r="B1294" s="2">
-        <v>8707050</v>
+        <v>8707040</v>
       </c>
       <c r="C1294" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1294" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1294" s="2" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
       <c r="F1294" s="2" t="s">
+        <v>2532</v>
+      </c>
+      <c r="G1294" s="2" t="s">
         <v>2533</v>
-      </c>
-[...1 lines deleted...]
-        <v>2534</v>
       </c>
       <c r="H1294" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1295" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1295" s="2">
+        <v>943</v>
+      </c>
+      <c r="B1295" s="2">
+        <v>8707050</v>
+      </c>
+      <c r="C1295" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1295" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1295" s="2" t="s">
+        <v>2527</v>
+      </c>
+      <c r="F1295" s="2" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G1295" s="2" t="s">
+        <v>2535</v>
+      </c>
+      <c r="H1295" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1296" s="2">
         <v>944</v>
       </c>
-      <c r="B1295" s="2">
+      <c r="B1296" s="2">
         <v>8707070</v>
       </c>
-      <c r="C1295" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1295" s="2" t="s">
+      <c r="C1296" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1296" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1296" s="2" t="s">
+        <v>2527</v>
+      </c>
+      <c r="F1296" s="2" t="s">
         <v>2536</v>
       </c>
-      <c r="H1295" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1296" s="2" t="s">
+      <c r="G1296" s="2" t="s">
         <v>2537</v>
-      </c>
-[...1 lines deleted...]
-        <v>2538</v>
       </c>
       <c r="H1296" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1297" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1297" s="2">
+        <v>1382</v>
+      </c>
+      <c r="B1297" s="2">
+        <v>8707090</v>
+      </c>
+      <c r="C1297" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1297" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1297" s="2" t="s">
+        <v>2527</v>
+      </c>
+      <c r="F1297" s="2" t="s">
+        <v>2538</v>
+      </c>
+      <c r="G1297" s="2" t="s">
+        <v>2539</v>
+      </c>
+      <c r="H1297" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1298" s="2">
         <v>1401</v>
       </c>
-      <c r="B1297" s="2">
+      <c r="B1298" s="2">
         <v>8707091</v>
       </c>
-      <c r="C1297" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1297" s="2" t="s">
+      <c r="C1298" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1298" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1298" s="2" t="s">
+        <v>2527</v>
+      </c>
+      <c r="F1298" s="2" t="s">
         <v>2540</v>
       </c>
-      <c r="H1297" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1298" s="2" t="s">
+      <c r="G1298" s="2" t="s">
         <v>2541</v>
-      </c>
-[...1 lines deleted...]
-        <v>2542</v>
       </c>
       <c r="H1298" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1299" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1299" s="2">
+        <v>945</v>
+      </c>
+      <c r="B1299" s="2">
+        <v>8709010</v>
+      </c>
+      <c r="C1299" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1299" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1299" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F1299" s="2" t="s">
+        <v>2542</v>
+      </c>
+      <c r="G1299" s="2" t="s">
+        <v>2543</v>
+      </c>
+      <c r="H1299" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1300" s="2">
         <v>946</v>
       </c>
-      <c r="B1299" s="2">
+      <c r="B1300" s="2">
         <v>8709020</v>
       </c>
-      <c r="C1299" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1299" s="2" t="s">
+      <c r="C1300" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1300" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1300" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F1300" s="2" t="s">
         <v>2544</v>
       </c>
-      <c r="H1299" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1300" s="2">
+      <c r="G1300" s="2" t="s">
+        <v>2545</v>
+      </c>
+      <c r="H1300" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+      <c r="A1301" s="2">
         <v>947</v>
       </c>
-      <c r="B1300" s="2">
+      <c r="B1301" s="2">
         <v>8709030</v>
       </c>
-      <c r="C1300" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1300" s="2" t="s">
+      <c r="C1301" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1301" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1301" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F1301" s="2" t="s">
         <v>2546</v>
       </c>
-      <c r="H1300" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1301" s="2">
+      <c r="G1301" s="2" t="s">
+        <v>2547</v>
+      </c>
+      <c r="H1301" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1302" s="2">
         <v>1225</v>
       </c>
-      <c r="B1301" s="2">
+      <c r="B1302" s="2">
         <v>8709035</v>
       </c>
-      <c r="C1301" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1301" s="2" t="s">
+      <c r="C1302" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1302" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1302" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F1302" s="2" t="s">
         <v>2548</v>
       </c>
-      <c r="H1301" s="2" t="s">
+      <c r="G1302" s="2" t="s">
+        <v>2549</v>
+      </c>
+      <c r="H1302" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1302" spans="1:8" ht="90" x14ac:dyDescent="0.25">
-      <c r="A1302" s="2">
+    <row r="1303" spans="1:8" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1303" s="2">
         <v>948</v>
       </c>
-      <c r="B1302" s="2">
+      <c r="B1303" s="2">
         <v>8709040</v>
       </c>
-      <c r="C1302" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1302" s="2" t="s">
+      <c r="C1303" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1303" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1303" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F1303" s="2" t="s">
         <v>2550</v>
       </c>
-      <c r="H1302" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1303" s="2">
+      <c r="G1303" s="2" t="s">
+        <v>2551</v>
+      </c>
+      <c r="H1303" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1304" s="2">
         <v>949</v>
       </c>
-      <c r="B1303" s="2">
+      <c r="B1304" s="2">
         <v>8709050</v>
       </c>
-      <c r="C1303" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1303" s="2" t="s">
+      <c r="C1304" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1304" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1304" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F1304" s="2" t="s">
         <v>2552</v>
       </c>
-      <c r="H1303" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1304" s="2" t="s">
+      <c r="G1304" s="2" t="s">
         <v>2553</v>
       </c>
-      <c r="G1304" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1304" s="2" t="s">
-        <v>192</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1305" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1305" s="2">
-        <v>950</v>
+        <v>1394</v>
       </c>
       <c r="B1305" s="2">
-        <v>8709060</v>
+        <v>8709055</v>
       </c>
       <c r="C1305" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1305" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1305" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="F1305" s="2" t="s">
+        <v>2554</v>
+      </c>
+      <c r="G1305" s="2" t="s">
         <v>2555</v>
       </c>
-      <c r="G1305" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1305" s="2" t="s">
-        <v>13</v>
+        <v>192</v>
       </c>
     </row>
     <row r="1306" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1306" s="2">
+        <v>950</v>
+      </c>
+      <c r="B1306" s="2">
+        <v>8709060</v>
+      </c>
+      <c r="C1306" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1306" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1306" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F1306" s="2" t="s">
+        <v>2556</v>
+      </c>
+      <c r="G1306" s="2" t="s">
+        <v>2557</v>
+      </c>
+      <c r="H1306" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1307" s="2">
         <v>951</v>
       </c>
-      <c r="B1306" s="2">
+      <c r="B1307" s="2">
         <v>8709061</v>
       </c>
-      <c r="C1306" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1306" s="2" t="s">
+      <c r="C1307" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1307" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1307" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F1307" s="2" t="s">
         <v>2558</v>
       </c>
-      <c r="H1306" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1307" s="2">
+      <c r="G1307" s="2" t="s">
+        <v>2559</v>
+      </c>
+      <c r="H1307" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:8" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1308" s="2">
         <v>952</v>
       </c>
-      <c r="B1307" s="2">
+      <c r="B1308" s="2">
         <v>8709067</v>
       </c>
-      <c r="C1307" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1307" s="2" t="s">
+      <c r="C1308" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1308" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1308" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F1308" s="2" t="s">
         <v>2560</v>
       </c>
-      <c r="H1307" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1308" s="2" t="s">
+      <c r="G1308" s="2" t="s">
         <v>2561</v>
-      </c>
-[...1 lines deleted...]
-        <v>2562</v>
       </c>
       <c r="H1308" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1309" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+    <row r="1309" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1309" s="2">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="B1309" s="2">
-        <v>8709071</v>
+        <v>8709070</v>
       </c>
       <c r="C1309" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1309" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1309" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="F1309" s="2" t="s">
+        <v>2562</v>
+      </c>
+      <c r="G1309" s="2" t="s">
         <v>2563</v>
-      </c>
-[...1 lines deleted...]
-        <v>2564</v>
       </c>
       <c r="H1309" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1310" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1310" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1310" s="2">
-        <v>955</v>
+        <v>954</v>
       </c>
       <c r="B1310" s="2">
-        <v>8709072</v>
+        <v>8709071</v>
       </c>
       <c r="C1310" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1310" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1310" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="F1310" s="2" t="s">
+        <v>2564</v>
+      </c>
+      <c r="G1310" s="2" t="s">
         <v>2565</v>
-      </c>
-[...1 lines deleted...]
-        <v>2566</v>
       </c>
       <c r="H1310" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1311" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+    <row r="1311" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1311" s="2">
-        <v>956</v>
+        <v>955</v>
       </c>
       <c r="B1311" s="2">
-        <v>8709080</v>
+        <v>8709072</v>
       </c>
       <c r="C1311" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1311" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1311" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="F1311" s="2" t="s">
+        <v>2566</v>
+      </c>
+      <c r="G1311" s="2" t="s">
         <v>2567</v>
-      </c>
-[...1 lines deleted...]
-        <v>2568</v>
       </c>
       <c r="H1311" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1312" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1312" s="2">
-        <v>1267</v>
+        <v>956</v>
       </c>
       <c r="B1312" s="2">
-        <v>8709085</v>
+        <v>8709080</v>
       </c>
       <c r="C1312" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1312" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1312" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="F1312" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="G1312" s="2" t="s">
         <v>2569</v>
-      </c>
-[...1 lines deleted...]
-        <v>2570</v>
       </c>
       <c r="H1312" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1313" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1313" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1313" s="2">
-        <v>957</v>
+        <v>1267</v>
       </c>
       <c r="B1313" s="2">
-        <v>8709090</v>
+        <v>8709085</v>
       </c>
       <c r="C1313" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1313" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1313" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="F1313" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="G1313" s="2" t="s">
         <v>2571</v>
-      </c>
-[...1 lines deleted...]
-        <v>2572</v>
       </c>
       <c r="H1313" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1314" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1314" s="2">
-        <v>958</v>
+        <v>957</v>
       </c>
       <c r="B1314" s="2">
-        <v>8709410</v>
+        <v>8709090</v>
       </c>
       <c r="C1314" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1314" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1314" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F1314" s="2" t="s">
+        <v>2572</v>
+      </c>
+      <c r="G1314" s="2" t="s">
         <v>2573</v>
-      </c>
-[...4 lines deleted...]
-        <v>2575</v>
       </c>
       <c r="H1314" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1315" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1315" s="2">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="B1315" s="2">
-        <v>8709420</v>
+        <v>8709410</v>
       </c>
       <c r="C1315" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1315" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1315" s="2" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="F1315" s="2" t="s">
+        <v>2575</v>
+      </c>
+      <c r="G1315" s="2" t="s">
         <v>2576</v>
-      </c>
-[...1 lines deleted...]
-        <v>2575</v>
       </c>
       <c r="H1315" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1316" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+    <row r="1316" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1316" s="2">
-        <v>960</v>
+        <v>959</v>
       </c>
       <c r="B1316" s="2">
-        <v>8709510</v>
+        <v>8709420</v>
       </c>
       <c r="C1316" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1316" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1316" s="2" t="s">
+        <v>2574</v>
+      </c>
+      <c r="F1316" s="2" t="s">
         <v>2577</v>
       </c>
-      <c r="F1316" s="2" t="s">
+      <c r="G1316" s="2" t="s">
+        <v>2576</v>
+      </c>
+      <c r="H1316" s="2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1317" s="2">
+        <v>1411</v>
+      </c>
+      <c r="B1317" s="2">
+        <v>8709430</v>
+      </c>
+      <c r="C1317" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1317" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1317" s="2" t="s">
+        <v>2574</v>
+      </c>
+      <c r="F1317" s="2" t="s">
         <v>2578</v>
       </c>
-      <c r="G1316" s="2" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="G1317" s="2" t="s">
-        <v>2581</v>
+        <v>2576</v>
       </c>
       <c r="H1317" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1318" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1318" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1318" s="2">
-        <v>962</v>
+        <v>1412</v>
       </c>
       <c r="B1318" s="2">
-        <v>8709581</v>
+        <v>8709440</v>
       </c>
       <c r="C1318" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1318" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1318" s="2" t="s">
-        <v>2577</v>
+        <v>2574</v>
       </c>
       <c r="F1318" s="2" t="s">
-        <v>2582</v>
+        <v>2579</v>
       </c>
       <c r="G1318" s="2" t="s">
-        <v>2583</v>
+        <v>2576</v>
       </c>
       <c r="H1318" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1319" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1319" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1319" s="2">
-        <v>1379</v>
+        <v>960</v>
       </c>
       <c r="B1319" s="2">
-        <v>8709584</v>
+        <v>8709510</v>
       </c>
       <c r="C1319" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1319" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1319" s="2" t="s">
-        <v>2577</v>
+        <v>2580</v>
       </c>
       <c r="F1319" s="2" t="s">
+        <v>2581</v>
+      </c>
+      <c r="G1319" s="2" t="s">
+        <v>2582</v>
+      </c>
+      <c r="H1319" s="2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1320" s="2">
+        <v>961</v>
+      </c>
+      <c r="B1320" s="2">
+        <v>8709580</v>
+      </c>
+      <c r="C1320" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1320" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1320" s="2" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F1320" s="2" t="s">
+        <v>2583</v>
+      </c>
+      <c r="G1320" s="2" t="s">
         <v>2584</v>
       </c>
-      <c r="G1319" s="2" t="s">
+      <c r="H1320" s="2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1321" s="2">
+        <v>962</v>
+      </c>
+      <c r="B1321" s="2">
+        <v>8709581</v>
+      </c>
+      <c r="C1321" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1321" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1321" s="2" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F1321" s="2" t="s">
         <v>2585</v>
       </c>
-      <c r="H1319" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F1320" s="2" t="s">
+      <c r="G1321" s="2" t="s">
         <v>2586</v>
-      </c>
-[...27 lines deleted...]
-        <v>2589</v>
       </c>
       <c r="H1321" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1322" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+    <row r="1322" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1322" s="2">
-        <v>1310</v>
+        <v>1379</v>
       </c>
       <c r="B1322" s="2">
-        <v>8709587</v>
+        <v>8709584</v>
       </c>
       <c r="C1322" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1322" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1322" s="2" t="s">
-        <v>2577</v>
+        <v>2580</v>
       </c>
       <c r="F1322" s="2" t="s">
-        <v>2590</v>
+        <v>2587</v>
       </c>
       <c r="G1322" s="2" t="s">
-        <v>2591</v>
+        <v>2588</v>
       </c>
       <c r="H1322" s="2" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1323" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1323" s="2">
-        <v>1395</v>
+        <v>1274</v>
       </c>
       <c r="B1323" s="2">
-        <v>8709588</v>
+        <v>8709585</v>
       </c>
       <c r="C1323" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1323" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1323" s="2" t="s">
-        <v>2577</v>
+        <v>2580</v>
       </c>
       <c r="F1323" s="2" t="s">
+        <v>2589</v>
+      </c>
+      <c r="G1323" s="2" t="s">
+        <v>2590</v>
+      </c>
+      <c r="H1323" s="2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+      <c r="A1324" s="2">
+        <v>1295</v>
+      </c>
+      <c r="B1324" s="2">
+        <v>8709586</v>
+      </c>
+      <c r="C1324" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1324" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1324" s="2" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F1324" s="2" t="s">
+        <v>2591</v>
+      </c>
+      <c r="G1324" s="2" t="s">
         <v>2592</v>
       </c>
-      <c r="G1323" s="2" t="s">
+      <c r="H1324" s="2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+      <c r="A1325" s="2">
+        <v>1310</v>
+      </c>
+      <c r="B1325" s="2">
+        <v>8709587</v>
+      </c>
+      <c r="C1325" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1325" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1325" s="2" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F1325" s="2" t="s">
         <v>2593</v>
       </c>
-      <c r="H1323" s="2" t="s">
+      <c r="G1325" s="2" t="s">
+        <v>2594</v>
+      </c>
+      <c r="H1325" s="2" t="s">
         <v>192</v>
-      </c>
-[...50 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="1326" spans="1:8" ht="75" x14ac:dyDescent="0.25">
       <c r="A1326" s="2">
-        <v>963</v>
+        <v>1395</v>
       </c>
       <c r="B1326" s="2">
-        <v>8709599</v>
+        <v>8709588</v>
       </c>
       <c r="C1326" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1326" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1326" s="2" t="s">
-        <v>2577</v>
+        <v>2580</v>
       </c>
       <c r="F1326" s="2" t="s">
-        <v>2598</v>
+        <v>2595</v>
       </c>
       <c r="G1326" s="2" t="s">
-        <v>2599</v>
+        <v>2596</v>
       </c>
       <c r="H1326" s="2" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="1327" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1327" s="2">
-        <v>1277</v>
+        <v>1404</v>
       </c>
       <c r="B1327" s="2">
-        <v>8709610</v>
+        <v>8709589</v>
       </c>
       <c r="C1327" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1327" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1327" s="2" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F1327" s="2" t="s">
+        <v>2597</v>
+      </c>
+      <c r="G1327" s="2" t="s">
+        <v>2598</v>
+      </c>
+      <c r="H1327" s="2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1328" s="2">
+        <v>1405</v>
+      </c>
+      <c r="B1328" s="2">
+        <v>8709590</v>
+      </c>
+      <c r="C1328" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1328" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1328" s="2" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F1328" s="2" t="s">
+        <v>2599</v>
+      </c>
+      <c r="G1328" s="2" t="s">
         <v>2600</v>
       </c>
-      <c r="F1327" s="2" t="s">
+      <c r="H1328" s="2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+      <c r="A1329" s="2">
+        <v>963</v>
+      </c>
+      <c r="B1329" s="2">
+        <v>8709599</v>
+      </c>
+      <c r="C1329" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1329" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1329" s="2" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F1329" s="2" t="s">
         <v>2601</v>
       </c>
-      <c r="G1327" s="2" t="s">
+      <c r="G1329" s="2" t="s">
         <v>2602</v>
       </c>
-      <c r="H1327" s="2" t="s">
-[...50 lines deleted...]
-      </c>
       <c r="H1329" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="1330" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1330" s="2">
-        <v>1280</v>
+        <v>1277</v>
       </c>
       <c r="B1330" s="2">
-        <v>8709670</v>
+        <v>8709610</v>
       </c>
       <c r="C1330" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1330" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1330" s="2" t="s">
-        <v>2600</v>
+        <v>2603</v>
       </c>
       <c r="F1330" s="2" t="s">
-        <v>2607</v>
+        <v>2604</v>
       </c>
       <c r="G1330" s="2" t="s">
-        <v>2608</v>
+        <v>2605</v>
       </c>
       <c r="H1330" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1331" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1331" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1331" s="2">
-        <v>1281</v>
+        <v>1278</v>
       </c>
       <c r="B1331" s="2">
-        <v>8709699</v>
+        <v>8709630</v>
       </c>
       <c r="C1331" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="D1331" s="2" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="E1331" s="2" t="s">
-        <v>2600</v>
+        <v>2603</v>
       </c>
       <c r="F1331" s="2" t="s">
-        <v>2609</v>
+        <v>2606</v>
       </c>
       <c r="G1331" s="2" t="s">
-        <v>2610</v>
+        <v>2607</v>
       </c>
       <c r="H1331" s="2" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1332" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="1332" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1332" s="2">
+        <v>1279</v>
+      </c>
+      <c r="B1332" s="2">
+        <v>8709650</v>
+      </c>
+      <c r="C1332" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1332" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1332" s="2" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F1332" s="2" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G1332" s="2" t="s">
+        <v>2609</v>
+      </c>
+      <c r="H1332" s="2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1333" s="2">
+        <v>1280</v>
+      </c>
+      <c r="B1333" s="2">
+        <v>8709670</v>
+      </c>
+      <c r="C1333" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1333" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1333" s="2" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F1333" s="2" t="s">
+        <v>2610</v>
+      </c>
+      <c r="G1333" s="2" t="s">
+        <v>2611</v>
+      </c>
+      <c r="H1333" s="2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1334" s="2">
+        <v>1281</v>
+      </c>
+      <c r="B1334" s="2">
+        <v>8709699</v>
+      </c>
+      <c r="C1334" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1334" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E1334" s="2" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F1334" s="2" t="s">
+        <v>2612</v>
+      </c>
+      <c r="G1334" s="2" t="s">
+        <v>2613</v>
+      </c>
+      <c r="H1334" s="2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1335" s="2">
         <v>964</v>
       </c>
-      <c r="B1332" s="2">
+      <c r="B1335" s="2">
         <v>8801010</v>
       </c>
-      <c r="C1332" s="2" t="s">
-[...11 lines deleted...]
-      <c r="G1332" s="2" t="s">
+      <c r="C1335" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1335" s="2" t="s">
         <v>2614</v>
       </c>
-      <c r="H1332" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A1333" s="2">
+      <c r="E1335" s="2" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F1335" s="2" t="s">
+        <v>2616</v>
+      </c>
+      <c r="G1335" s="2" t="s">
+        <v>2617</v>
+      </c>
+      <c r="H1335" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:8" ht="120" x14ac:dyDescent="0.25">
+      <c r="A1336" s="2">
         <v>965</v>
       </c>
-      <c r="B1333" s="2">
+      <c r="B1336" s="2">
         <v>8801020</v>
       </c>
-      <c r="C1333" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F1333" s="2" t="s">
+      <c r="C1336" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1336" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E1336" s="2" t="s">
         <v>2615</v>
       </c>
-      <c r="G1333" s="2" t="s">
-[...7 lines deleted...]
-      <c r="A1334" s="2">
+      <c r="F1336" s="2" t="s">
+        <v>2618</v>
+      </c>
+      <c r="G1336" s="2" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H1336" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1337" s="2">
         <v>966</v>
       </c>
-      <c r="B1334" s="2">
+      <c r="B1337" s="2">
         <v>8801030</v>
       </c>
-      <c r="C1334" s="2" t="s">
-[...19 lines deleted...]
-      <c r="A1335" s="2">
+      <c r="C1337" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1337" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E1337" s="2" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F1337" s="2" t="s">
+        <v>2620</v>
+      </c>
+      <c r="G1337" s="2" t="s">
+        <v>2621</v>
+      </c>
+      <c r="H1337" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1338" s="2">
         <v>967</v>
       </c>
-      <c r="B1335" s="2">
+      <c r="B1338" s="2">
         <v>8801031</v>
       </c>
-      <c r="C1335" s="2" t="s">
-[...19 lines deleted...]
-      <c r="A1336" s="7">
+      <c r="C1338" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1338" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E1338" s="2" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F1338" s="2" t="s">
+        <v>2622</v>
+      </c>
+      <c r="G1338" s="2" t="s">
+        <v>2623</v>
+      </c>
+      <c r="H1338" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1339" s="7">
         <v>968</v>
       </c>
-      <c r="B1336" s="7">
+      <c r="B1339" s="7">
         <v>8801032</v>
       </c>
-      <c r="C1336" s="7" t="s">
-[...19 lines deleted...]
-      <c r="A1337" s="8">
+      <c r="C1339" s="7" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1339" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E1339" s="7" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F1339" s="7" t="s">
+        <v>2624</v>
+      </c>
+      <c r="G1339" s="7" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H1339" s="7" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1340" s="8">
         <v>969</v>
       </c>
-      <c r="B1337" s="8">
+      <c r="B1340" s="8">
         <v>8801033</v>
       </c>
-      <c r="C1337" s="8" t="s">
-[...37 lines deleted...]
-      <c r="G1338" s="8" t="s">
+      <c r="C1340" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1340" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E1340" s="2" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F1340" s="8" t="s">
         <v>2626</v>
       </c>
-      <c r="H1338" s="8" t="s">
-[...16 lines deleted...]
-      <c r="E1339" s="2" t="s">
+      <c r="G1340" s="8" t="s">
         <v>2627</v>
-      </c>
-[...30 lines deleted...]
-        <v>2631</v>
       </c>
       <c r="H1340" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1341" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1341" s="8">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="B1341" s="8">
-        <v>8802030</v>
+        <v>8801034</v>
       </c>
       <c r="C1341" s="8" t="s">
         <v>1482</v>
       </c>
       <c r="D1341" s="2" t="s">
-        <v>2611</v>
+        <v>2614</v>
       </c>
       <c r="E1341" s="2" t="s">
-        <v>2627</v>
+        <v>2615</v>
       </c>
       <c r="F1341" s="8" t="s">
-        <v>2632</v>
+        <v>2628</v>
       </c>
       <c r="G1341" s="8" t="s">
-        <v>2633</v>
+        <v>2629</v>
       </c>
       <c r="H1341" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1342" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1342" s="8">
-        <v>1248</v>
+        <v>971</v>
       </c>
       <c r="B1342" s="8">
-        <v>8802031</v>
+        <v>8802010</v>
       </c>
       <c r="C1342" s="8" t="s">
         <v>1482</v>
       </c>
       <c r="D1342" s="2" t="s">
-        <v>2611</v>
+        <v>2614</v>
       </c>
       <c r="E1342" s="2" t="s">
-        <v>2627</v>
+        <v>2630</v>
       </c>
       <c r="F1342" s="8" t="s">
-        <v>2634</v>
+        <v>2631</v>
       </c>
       <c r="G1342" s="8" t="s">
-        <v>2635</v>
+        <v>2632</v>
       </c>
       <c r="H1342" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1343" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A1343" s="8">
+        <v>972</v>
+      </c>
+      <c r="B1343" s="8">
+        <v>8802020</v>
+      </c>
+      <c r="C1343" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1343" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E1343" s="2" t="s">
+        <v>2630</v>
+      </c>
+      <c r="F1343" s="8" t="s">
+        <v>2633</v>
+      </c>
+      <c r="G1343" s="8" t="s">
+        <v>2634</v>
+      </c>
+      <c r="H1343" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1344" s="8">
+        <v>973</v>
+      </c>
+      <c r="B1344" s="8">
+        <v>8802030</v>
+      </c>
+      <c r="C1344" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1344" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E1344" s="2" t="s">
+        <v>2630</v>
+      </c>
+      <c r="F1344" s="8" t="s">
+        <v>2635</v>
+      </c>
+      <c r="G1344" s="8" t="s">
+        <v>2636</v>
+      </c>
+      <c r="H1344" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1345" s="8">
+        <v>1248</v>
+      </c>
+      <c r="B1345" s="8">
+        <v>8802031</v>
+      </c>
+      <c r="C1345" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1345" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E1345" s="2" t="s">
+        <v>2630</v>
+      </c>
+      <c r="F1345" s="8" t="s">
+        <v>2637</v>
+      </c>
+      <c r="G1345" s="8" t="s">
+        <v>2638</v>
+      </c>
+      <c r="H1345" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1346" s="8">
         <v>974</v>
       </c>
-      <c r="B1343" s="8">
+      <c r="B1346" s="8">
         <v>8809010</v>
       </c>
-      <c r="C1343" s="8" t="s">
-[...19 lines deleted...]
-      <c r="A1344" s="8">
+      <c r="C1346" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1346" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E1346" s="2" t="s">
+        <v>2639</v>
+      </c>
+      <c r="F1346" s="8" t="s">
+        <v>2640</v>
+      </c>
+      <c r="G1346" s="8" t="s">
+        <v>2641</v>
+      </c>
+      <c r="H1346" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1347" s="8">
         <v>975</v>
       </c>
-      <c r="B1344" s="8">
+      <c r="B1347" s="8">
         <v>8809015</v>
       </c>
-      <c r="C1344" s="8" t="s">
-[...8 lines deleted...]
-      <c r="F1344" s="8" t="s">
+      <c r="C1347" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1347" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E1347" s="2" t="s">
         <v>2639</v>
       </c>
-      <c r="G1344" s="8" t="s">
-[...7 lines deleted...]
-      <c r="A1345" s="8">
+      <c r="F1347" s="8" t="s">
+        <v>2642</v>
+      </c>
+      <c r="G1347" s="8" t="s">
+        <v>2643</v>
+      </c>
+      <c r="H1347" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1348" s="8">
         <v>976</v>
       </c>
-      <c r="B1345" s="8">
+      <c r="B1348" s="8">
         <v>8908010</v>
       </c>
-      <c r="C1345" s="8" t="s">
-[...8 lines deleted...]
-      <c r="F1345" s="8" t="s">
+      <c r="C1348" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1348" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1348" s="2" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1348" s="8" t="s">
         <v>515</v>
       </c>
-      <c r="G1345" s="8" t="s">
-[...51 lines deleted...]
-      <c r="G1347" s="8" t="s">
+      <c r="G1348" s="8" t="s">
         <v>2646</v>
-      </c>
-[...24 lines deleted...]
-        <v>2647</v>
       </c>
       <c r="H1348" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1349" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1349" s="8">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="B1349" s="8">
-        <v>8908051</v>
+        <v>8908020</v>
       </c>
       <c r="C1349" s="8" t="s">
         <v>1482</v>
       </c>
       <c r="D1349" s="2" t="s">
-        <v>2641</v>
+        <v>2644</v>
       </c>
       <c r="E1349" s="2" t="s">
-        <v>2642</v>
+        <v>2645</v>
       </c>
       <c r="F1349" s="8" t="s">
-        <v>2648</v>
+        <v>517</v>
       </c>
       <c r="G1349" s="8" t="s">
-        <v>2649</v>
+        <v>2647</v>
       </c>
       <c r="H1349" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1350" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A1350" s="8">
+        <v>978</v>
+      </c>
+      <c r="B1350" s="8">
+        <v>8908030</v>
+      </c>
+      <c r="C1350" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1350" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1350" s="2" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1350" s="8" t="s">
+        <v>2648</v>
+      </c>
+      <c r="G1350" s="8" t="s">
+        <v>2649</v>
+      </c>
+      <c r="H1350" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1351" s="8">
+        <v>979</v>
+      </c>
+      <c r="B1351" s="8">
+        <v>8908040</v>
+      </c>
+      <c r="C1351" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1351" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1351" s="2" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1351" s="8" t="s">
+        <v>521</v>
+      </c>
+      <c r="G1351" s="8" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H1351" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1352" s="8">
+        <v>980</v>
+      </c>
+      <c r="B1352" s="8">
+        <v>8908051</v>
+      </c>
+      <c r="C1352" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1352" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1352" s="2" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1352" s="8" t="s">
+        <v>2651</v>
+      </c>
+      <c r="G1352" s="8" t="s">
+        <v>2652</v>
+      </c>
+      <c r="H1352" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1353" s="8">
         <v>981</v>
       </c>
-      <c r="B1350" s="8">
+      <c r="B1353" s="8">
         <v>8908052</v>
       </c>
-      <c r="C1350" s="8" t="s">
-[...19 lines deleted...]
-      <c r="A1351" s="8">
+      <c r="C1353" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1353" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1353" s="2" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1353" s="8" t="s">
+        <v>2653</v>
+      </c>
+      <c r="G1353" s="8" t="s">
+        <v>2654</v>
+      </c>
+      <c r="H1353" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1354" s="8">
         <v>982</v>
       </c>
-      <c r="B1351" s="8">
+      <c r="B1354" s="8">
         <v>8908053</v>
       </c>
-      <c r="C1351" s="8" t="s">
-[...19 lines deleted...]
-      <c r="A1352" s="8">
+      <c r="C1354" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1354" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1354" s="2" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1354" s="8" t="s">
+        <v>2655</v>
+      </c>
+      <c r="G1354" s="8" t="s">
+        <v>2656</v>
+      </c>
+      <c r="H1354" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:8" ht="75" x14ac:dyDescent="0.25">
+      <c r="A1355" s="8">
         <v>983</v>
       </c>
-      <c r="B1352" s="8">
+      <c r="B1355" s="8">
         <v>8908054</v>
       </c>
-      <c r="C1352" s="8" t="s">
-[...19 lines deleted...]
-      <c r="A1353" s="8">
+      <c r="C1355" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1355" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1355" s="2" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1355" s="8" t="s">
+        <v>2657</v>
+      </c>
+      <c r="G1355" s="8" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H1355" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:8" ht="135" x14ac:dyDescent="0.25">
+      <c r="A1356" s="8">
         <v>984</v>
       </c>
-      <c r="B1353" s="8">
+      <c r="B1356" s="8">
         <v>8908058</v>
       </c>
-      <c r="C1353" s="8" t="s">
-[...37 lines deleted...]
-      <c r="G1354" s="8" t="s">
+      <c r="C1356" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1356" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1356" s="2" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1356" s="8" t="s">
         <v>2659</v>
       </c>
-      <c r="H1354" s="8" t="s">
-[...19 lines deleted...]
-      <c r="F1355" s="8" t="s">
+      <c r="G1356" s="8" t="s">
         <v>2660</v>
-      </c>
-[...27 lines deleted...]
-        <v>2661</v>
       </c>
       <c r="H1356" s="8" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1357" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+    <row r="1357" spans="1:8" ht="90" x14ac:dyDescent="0.25">
       <c r="A1357" s="8">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="B1357" s="8">
-        <v>8908073</v>
+        <v>8908059</v>
       </c>
       <c r="C1357" s="8" t="s">
         <v>1482</v>
       </c>
       <c r="D1357" s="2" t="s">
-        <v>2641</v>
+        <v>2644</v>
       </c>
       <c r="E1357" s="2" t="s">
-        <v>2642</v>
+        <v>2645</v>
       </c>
       <c r="F1357" s="8" t="s">
-        <v>2663</v>
+        <v>2661</v>
       </c>
       <c r="G1357" s="8" t="s">
-        <v>2661</v>
+        <v>2662</v>
       </c>
       <c r="H1357" s="8" t="s">
-        <v>192</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1358" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1358" s="8">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="B1358" s="8">
-        <v>8908074</v>
+        <v>8908071</v>
       </c>
       <c r="C1358" s="8" t="s">
         <v>1482</v>
       </c>
       <c r="D1358" s="2" t="s">
-        <v>2641</v>
+        <v>2644</v>
       </c>
       <c r="E1358" s="2" t="s">
-        <v>2642</v>
+        <v>2645</v>
       </c>
       <c r="F1358" s="8" t="s">
+        <v>2663</v>
+      </c>
+      <c r="G1358" s="8" t="s">
         <v>2664</v>
-      </c>
-[...1 lines deleted...]
-        <v>2661</v>
       </c>
       <c r="H1358" s="8" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1359" spans="1:8" ht="60" x14ac:dyDescent="0.25">
-      <c r="A1359" s="9">
-[...14 lines deleted...]
-      <c r="F1359" s="9" t="s">
+      <c r="A1359" s="8">
+        <v>987</v>
+      </c>
+      <c r="B1359" s="8">
+        <v>8908072</v>
+      </c>
+      <c r="C1359" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1359" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1359" s="2" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1359" s="8" t="s">
         <v>2665</v>
       </c>
-      <c r="G1359" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H1359" s="9" t="s">
+      <c r="G1359" s="8" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H1359" s="8" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1360" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1360" s="8">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="B1360" s="8">
-        <v>8908076</v>
+        <v>8908073</v>
       </c>
       <c r="C1360" s="8" t="s">
         <v>1482</v>
       </c>
-      <c r="D1360" s="8" t="s">
-[...3 lines deleted...]
-        <v>2642</v>
+      <c r="D1360" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1360" s="2" t="s">
+        <v>2645</v>
       </c>
       <c r="F1360" s="8" t="s">
         <v>2666</v>
       </c>
       <c r="G1360" s="8" t="s">
-        <v>2661</v>
+        <v>2664</v>
       </c>
       <c r="H1360" s="8" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="1361" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1361" s="8">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="B1361" s="8">
-        <v>8908079</v>
+        <v>8908074</v>
       </c>
       <c r="C1361" s="8" t="s">
         <v>1482</v>
       </c>
-      <c r="D1361" s="8" t="s">
-[...3 lines deleted...]
-        <v>2642</v>
+      <c r="D1361" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1361" s="2" t="s">
+        <v>2645</v>
       </c>
       <c r="F1361" s="8" t="s">
         <v>2667</v>
       </c>
       <c r="G1361" s="8" t="s">
-        <v>2661</v>
+        <v>2664</v>
       </c>
       <c r="H1361" s="8" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1362" spans="1:8" ht="45" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E1362" s="8" t="s">
+    <row r="1362" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1362" s="9">
+        <v>990</v>
+      </c>
+      <c r="B1362" s="9">
+        <v>8908075</v>
+      </c>
+      <c r="C1362" s="9" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1362" s="7" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1362" s="7" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1362" s="9" t="s">
         <v>2668</v>
       </c>
-      <c r="F1362" s="8" t="s">
+      <c r="G1362" s="9" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H1362" s="9" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1363" s="8">
+        <v>991</v>
+      </c>
+      <c r="B1363" s="8">
+        <v>8908076</v>
+      </c>
+      <c r="C1363" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1363" s="8" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1363" s="8" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1363" s="8" t="s">
         <v>2669</v>
       </c>
-      <c r="G1362" s="8" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="G1363" s="8" t="s">
-        <v>2672</v>
+        <v>2664</v>
       </c>
       <c r="H1363" s="8" t="s">
-        <v>13</v>
+        <v>192</v>
       </c>
     </row>
     <row r="1364" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1364" s="8">
+        <v>992</v>
+      </c>
+      <c r="B1364" s="8">
+        <v>8908079</v>
+      </c>
+      <c r="C1364" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1364" s="8" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1364" s="8" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F1364" s="8" t="s">
+        <v>2670</v>
+      </c>
+      <c r="G1364" s="8" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H1364" s="8" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1365" s="8">
+        <v>993</v>
+      </c>
+      <c r="B1365" s="8">
+        <v>8909081</v>
+      </c>
+      <c r="C1365" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1365" s="8" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1365" s="8" t="s">
+        <v>2671</v>
+      </c>
+      <c r="F1365" s="8" t="s">
+        <v>2672</v>
+      </c>
+      <c r="G1365" s="8" t="s">
+        <v>2673</v>
+      </c>
+      <c r="H1365" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1366" s="9">
+        <v>994</v>
+      </c>
+      <c r="B1366" s="8">
+        <v>8909085</v>
+      </c>
+      <c r="C1366" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1366" s="8" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1366" s="8" t="s">
+        <v>2671</v>
+      </c>
+      <c r="F1366" s="8" t="s">
+        <v>2674</v>
+      </c>
+      <c r="G1366" s="8" t="s">
+        <v>2675</v>
+      </c>
+      <c r="H1366" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1367" s="8">
         <v>995</v>
       </c>
-      <c r="B1364" s="8">
+      <c r="B1367" s="8">
         <v>8909087</v>
       </c>
-      <c r="C1364" s="8" t="s">
-[...19 lines deleted...]
-      <c r="A1365" s="8">
+      <c r="C1367" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1367" s="8" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1367" s="8" t="s">
+        <v>2671</v>
+      </c>
+      <c r="F1367" s="8" t="s">
+        <v>2676</v>
+      </c>
+      <c r="G1367" s="8" t="s">
+        <v>2677</v>
+      </c>
+      <c r="H1367" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:8" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1368" s="8">
         <v>996</v>
       </c>
-      <c r="B1365" s="8">
+      <c r="B1368" s="8">
         <v>8909088</v>
       </c>
-      <c r="C1365" s="8" t="s">
-[...37 lines deleted...]
-      <c r="G1366" s="8" t="s">
+      <c r="C1368" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1368" s="8" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1368" s="8" t="s">
+        <v>2671</v>
+      </c>
+      <c r="F1368" s="8" t="s">
         <v>2678</v>
       </c>
-      <c r="H1366" s="8" t="s">
-[...19 lines deleted...]
-      <c r="F1367" s="8" t="s">
+      <c r="G1368" s="8" t="s">
         <v>2679</v>
-      </c>
-[...27 lines deleted...]
-        <v>2682</v>
       </c>
       <c r="H1368" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="1369" spans="1:8" ht="60" x14ac:dyDescent="0.25">
       <c r="A1369" s="8">
+        <v>997</v>
+      </c>
+      <c r="B1369" s="8">
+        <v>8909089</v>
+      </c>
+      <c r="C1369" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1369" s="8" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1369" s="8" t="s">
+        <v>2671</v>
+      </c>
+      <c r="F1369" s="8" t="s">
+        <v>2680</v>
+      </c>
+      <c r="G1369" s="8" t="s">
+        <v>2681</v>
+      </c>
+      <c r="H1369" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1370" s="9">
+        <v>998</v>
+      </c>
+      <c r="B1370" s="8">
+        <v>8909091</v>
+      </c>
+      <c r="C1370" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1370" s="8" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1370" s="8" t="s">
+        <v>2671</v>
+      </c>
+      <c r="F1370" s="8" t="s">
+        <v>2682</v>
+      </c>
+      <c r="G1370" s="8" t="s">
+        <v>2683</v>
+      </c>
+      <c r="H1370" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1371" s="8">
+        <v>999</v>
+      </c>
+      <c r="B1371" s="8">
+        <v>8909092</v>
+      </c>
+      <c r="C1371" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1371" s="8" t="s">
+        <v>2644</v>
+      </c>
+      <c r="E1371" s="8" t="s">
+        <v>2671</v>
+      </c>
+      <c r="F1371" s="8" t="s">
+        <v>2684</v>
+      </c>
+      <c r="G1371" s="8" t="s">
+        <v>2685</v>
+      </c>
+      <c r="H1371" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:8" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1372" s="8">
         <v>1000</v>
       </c>
-      <c r="B1369" s="8">
+      <c r="B1372" s="8">
         <v>8991099</v>
       </c>
-      <c r="C1369" s="8" t="s">
-[...14 lines deleted...]
-      <c r="H1369" s="8" t="s">
+      <c r="C1372" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D1372" s="2" t="s">
+        <v>2686</v>
+      </c>
+      <c r="E1372" s="2" t="s">
+        <v>2686</v>
+      </c>
+      <c r="F1372" s="8" t="s">
+        <v>2687</v>
+      </c>
+      <c r="G1372" s="8" t="s">
+        <v>2688</v>
+      </c>
+      <c r="H1372" s="8" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:H1369" xr:uid="{C57EA4EE-6156-4EAC-9D15-7E29F827CD34}"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FF7ABA7D14D4A34B9F128AA78A95F432" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="415ce31f8bd6d17fde7aa811c367b33d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d10f8452-c89b-4972-94fd-aacd307d3120" xmlns:ns3="9ee3dd4d-3171-49cb-9b19-bb68ea00439d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1e28cf60c58fff9bc826737a5cdb33ff" ns2:_="" ns3:_="">
+    <xsd:import namespace="d10f8452-c89b-4972-94fd-aacd307d3120"/>
+    <xsd:import namespace="9ee3dd4d-3171-49cb-9b19-bb68ea00439d"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Department" minOccurs="0"/>
+                <xsd:element ref="ns2:OrgCode" minOccurs="0"/>
+                <xsd:element ref="ns2:Status" minOccurs="0"/>
+                <xsd:element ref="ns2:RequestDate" minOccurs="0"/>
+                <xsd:element ref="ns2:GL_x002d_Type" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d10f8452-c89b-4972-94fd-aacd307d3120" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Department" ma:index="14" nillable="true" ma:displayName="Department" ma:format="Dropdown" ma:internalName="Department">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceFillIn">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:union memberTypes="dms:Text">
+                    <xsd:simpleType>
+                      <xsd:restriction base="dms:Choice">
+                        <xsd:enumeration value="College of Arts &amp; Sciences"/>
+                        <xsd:enumeration value="HSOM - Heersink School of Medicine"/>
+                        <xsd:enumeration value="Athletics"/>
+                        <xsd:enumeration value="Hospital"/>
+                        <xsd:enumeration value="Central"/>
+                        <xsd:enumeration value="Office of VP Research"/>
+                        <xsd:enumeration value="VP Finance"/>
+                        <xsd:enumeration value="Education Foundation"/>
+                        <xsd:enumeration value="School of Education"/>
+                      </xsd:restriction>
+                    </xsd:simpleType>
+                  </xsd:union>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="OrgCode" ma:index="15" nillable="true" ma:displayName="Code" ma:format="Dropdown" ma:internalName="OrgCode">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Status" ma:index="16" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="In Progress"/>
+          <xsd:enumeration value="Completed"/>
+          <xsd:enumeration value="Pending"/>
+          <xsd:enumeration value="Cancelled"/>
+          <xsd:enumeration value="Rejected"/>
+          <xsd:enumeration value="Submitted"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="RequestDate" ma:index="17" nillable="true" ma:displayName="Request Date" ma:default="[today]" ma:format="DateOnly" ma:internalName="RequestDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="GL_x002d_Type" ma:index="18" nillable="true" ma:displayName="GL-Type" ma:format="Dropdown" ma:internalName="GL_x002d_Type">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Department"/>
+                    <xsd:enumeration value="Division"/>
+                    <xsd:enumeration value="Sub-Division"/>
+                    <xsd:enumeration value="Assets"/>
+                    <xsd:enumeration value="Liabilities"/>
+                    <xsd:enumeration value="Balance"/>
+                    <xsd:enumeration value="Transfers"/>
+                    <xsd:enumeration value="Expenses"/>
+                    <xsd:enumeration value="Rename"/>
+                    <xsd:enumeration value="Retire"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9ee3dd4d-3171-49cb-9b19-bb68ea00439d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <RequestDate xmlns="d10f8452-c89b-4972-94fd-aacd307d3120">2025-12-18T13:38:02Z</RequestDate>
+    <OrgCode xmlns="d10f8452-c89b-4972-94fd-aacd307d3120" xsi:nil="true"/>
+    <GL_x002d_Type xmlns="d10f8452-c89b-4972-94fd-aacd307d3120" xsi:nil="true"/>
+    <Department xmlns="d10f8452-c89b-4972-94fd-aacd307d3120" xsi:nil="true"/>
+    <Status xmlns="d10f8452-c89b-4972-94fd-aacd307d3120" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCC9206C-294C-4961-A575-23E9A8706EA4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E38F470F-DF66-4F5C-A30A-F386EBA25AD2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d10f8452-c89b-4972-94fd-aacd307d3120"/>
+    <ds:schemaRef ds:uri="9ee3dd4d-3171-49cb-9b19-bb68ea00439d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E11E13B2-1774-4FB8-BE94-E3FEBC13E138}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d10f8452-c89b-4972-94fd-aacd307d3120"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ObjectCodeList</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tancock, Ryan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SetDate">
-    <vt:lpwstr>2025-08-08T15:37:12Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-18T21:38:00Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Name">
     <vt:lpwstr>Sensitive</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SiteId">
     <vt:lpwstr>d8999fe4-76af-40b3-b435-1d8977abc08c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ActionId">
-    <vt:lpwstr>5f3c13dd-ab00-4492-8a7b-6f506689056d</vt:lpwstr>
+    <vt:lpwstr>a2a539f5-017d-4d75-8b6e-bc7bbf8caafe</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x010100FF7ABA7D14D4A34B9F128AA78A95F432</vt:lpwstr>
+  </property>
 </Properties>
 </file>