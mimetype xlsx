--- v0 (2025-12-20)
+++ v1 (2026-03-11)
@@ -1,98 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\FA-StudentAccounting\Jeanette Prestel\Unapplied funds\Tina - monthly website updates\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\FA-StudentAccounting\Jeanette Prestel\Unapplied funds\Tina - monthly website updates\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{57AB7C89-BB73-41AD-9B51-D3F16BF7829C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B4906A0F-390B-4022-8006-366C297EBA0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{81BC85E0-4386-4086-9394-274FAA8522EE}"/>
   </bookViews>
   <sheets>
     <sheet name="Check update" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Check update'!$A$4:$C$38</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Check update'!$A$4:$C$47</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Check update'!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C36" i="1" l="1"/>
-  <c r="C26" i="1"/>
+  <c r="C45" i="1" l="1"/>
+  <c r="C35" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="38">
   <si>
     <t>PAYER</t>
   </si>
   <si>
     <t>CHECK DATE</t>
   </si>
   <si>
     <t>AMOUNT</t>
   </si>
   <si>
     <t>Abbott Laboratories</t>
   </si>
   <si>
     <t>Boston Scientific Corp</t>
   </si>
   <si>
     <t>State of Alabama</t>
   </si>
   <si>
     <t>2/202/2024</t>
   </si>
   <si>
     <t>Madison City Board of E</t>
   </si>
   <si>
@@ -134,78 +134,78 @@
   <si>
     <t>354376 Young Innovations Inc</t>
   </si>
   <si>
     <t>354375 COOK</t>
   </si>
   <si>
     <t>356026 Syneos  Health Inc</t>
   </si>
   <si>
     <t>over/short cash fund #806</t>
   </si>
   <si>
     <t xml:space="preserve">358484 San Francisco State Uni </t>
   </si>
   <si>
     <t>361739 Oracle America, Inc</t>
   </si>
   <si>
     <t>362313 Progenics Pharmaceutica</t>
   </si>
   <si>
     <t xml:space="preserve">362692 NCS  Peasron Inc </t>
   </si>
   <si>
-    <t xml:space="preserve">362693 St. Jude Children's Res </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>364103 American Express</t>
   </si>
   <si>
     <t>364077 University of Utah</t>
   </si>
   <si>
     <t>364075 Takeda</t>
   </si>
   <si>
     <t>364076 Ann &amp;  Robert Lurie</t>
   </si>
   <si>
-    <t>UNAPPLIED CHECKS as of NOV 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>364613 Disa Global Solutions</t>
   </si>
   <si>
     <t>364793 The Water Works Board</t>
   </si>
   <si>
-    <t>364772 Boston's Children's</t>
+    <t>TN384080 Competitive Excel</t>
+  </si>
+  <si>
+    <t>366756 Evergreen Nephrology</t>
+  </si>
+  <si>
+    <t>UNAPPLIED CHECKS as of FEB 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos"/>
@@ -604,54 +604,54 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{85CB07B2-435E-410A-BE2E-279917935F4B}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="B7" sqref="B7"/>
+    <sheetView tabSelected="1" topLeftCell="A27" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="H42" sqref="H42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="36" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.5703125" style="18" bestFit="1" customWidth="1"/>
     <col min="4" max="236" width="9.140625" style="3"/>
     <col min="237" max="237" width="35.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="238" max="238" width="13.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="239" max="239" width="12" style="3" bestFit="1" customWidth="1"/>
     <col min="240" max="240" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="241" max="492" width="9.140625" style="3"/>
     <col min="493" max="493" width="35.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="494" max="494" width="13.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="495" max="495" width="12" style="3" bestFit="1" customWidth="1"/>
     <col min="496" max="496" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="497" max="748" width="9.140625" style="3"/>
     <col min="749" max="749" width="35.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="750" max="750" width="13.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="751" max="751" width="12" style="3" bestFit="1" customWidth="1"/>
     <col min="752" max="752" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="753" max="1004" width="9.140625" style="3"/>
     <col min="1005" max="1005" width="35.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="1006" max="1006" width="13.140625" style="3" bestFit="1" customWidth="1"/>
@@ -935,445 +935,544 @@
     <col min="15089" max="15340" width="9.140625" style="3"/>
     <col min="15341" max="15341" width="35.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="15342" max="15342" width="13.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="15343" max="15343" width="12" style="3" bestFit="1" customWidth="1"/>
     <col min="15344" max="15344" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="15345" max="15596" width="9.140625" style="3"/>
     <col min="15597" max="15597" width="35.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="15598" max="15598" width="13.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="15599" max="15599" width="12" style="3" bestFit="1" customWidth="1"/>
     <col min="15600" max="15600" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="15601" max="15852" width="9.140625" style="3"/>
     <col min="15853" max="15853" width="35.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="15854" max="15854" width="13.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="15855" max="15855" width="12" style="3" bestFit="1" customWidth="1"/>
     <col min="15856" max="15856" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="15857" max="16108" width="9.140625" style="3"/>
     <col min="16109" max="16109" width="35.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16110" max="16110" width="13.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="16111" max="16111" width="12" style="3" bestFit="1" customWidth="1"/>
     <col min="16112" max="16112" width="25.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16113" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="14"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="4"/>
       <c r="B2" s="2"/>
       <c r="C2" s="14"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B5" s="8">
-        <v>45980</v>
+        <v>46043</v>
       </c>
       <c r="C5" s="9">
-        <v>162.47</v>
+        <v>17.64</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B6" s="8">
-        <v>45986</v>
+        <v>46043</v>
       </c>
       <c r="C6" s="9">
-        <v>101.55</v>
+        <v>17.64</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B7" s="8">
-        <v>45986</v>
+        <v>46043</v>
       </c>
       <c r="C7" s="9">
-        <v>1000</v>
+        <v>17.64</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B8" s="8">
-        <v>45961</v>
+        <v>46043</v>
       </c>
       <c r="C8" s="9">
-        <v>36.450000000000003</v>
+        <v>17.64</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B9" s="8">
-        <v>45961</v>
+        <v>46043</v>
       </c>
       <c r="C9" s="9">
-        <v>5000</v>
+        <v>27.64</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B10" s="8">
-        <v>45961</v>
+        <v>46043</v>
       </c>
       <c r="C10" s="9">
-        <v>700</v>
+        <v>30.14</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B11" s="8">
-        <v>45961</v>
+        <v>46043</v>
       </c>
       <c r="C11" s="9">
-        <v>40</v>
+        <v>117.64</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="B12" s="8">
-        <v>45912</v>
+        <v>46043</v>
       </c>
       <c r="C12" s="9">
-        <v>9714.18</v>
+        <v>117.64</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B13" s="8">
-        <v>45923</v>
+        <v>46043</v>
       </c>
       <c r="C13" s="9">
-        <v>519.4</v>
+        <v>142.63999999999999</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B14" s="8">
-        <v>45923</v>
+        <v>46043</v>
       </c>
       <c r="C14" s="9">
-        <v>94.66</v>
+        <v>767.64</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="B15" s="8">
-        <v>45866</v>
+        <v>46050</v>
       </c>
       <c r="C15" s="9">
-        <v>800</v>
+        <v>386.5</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="B16" s="8">
-        <v>45812</v>
+        <v>45980</v>
       </c>
       <c r="C16" s="9">
-        <v>1250</v>
-[...4 lines deleted...]
-        <v>23</v>
+        <v>162.47</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A17" s="6" t="s">
+        <v>34</v>
       </c>
       <c r="B17" s="8">
-        <v>45776</v>
+        <v>45986</v>
       </c>
       <c r="C17" s="9">
-        <v>570</v>
+        <v>101.55</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="6" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="B18" s="8">
-        <v>45747</v>
+        <v>45961</v>
       </c>
       <c r="C18" s="9">
-        <v>650</v>
+        <v>36.450000000000003</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="6" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="B19" s="8">
-        <v>45707</v>
+        <v>45961</v>
       </c>
       <c r="C19" s="9">
-        <v>6.5</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="6" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="B20" s="8">
-        <v>45704</v>
+        <v>45961</v>
       </c>
       <c r="C20" s="9">
-        <v>6300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B21" s="8">
-        <v>45638</v>
+        <v>45961</v>
       </c>
       <c r="C21" s="9">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="6" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B22" s="8">
-        <v>45587</v>
+        <v>45912</v>
       </c>
       <c r="C22" s="9">
-        <v>198</v>
+        <v>9714.18</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="6" t="s">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="B23" s="8">
-        <v>45385</v>
+        <v>45923</v>
       </c>
       <c r="C23" s="9">
-        <v>2500</v>
+        <v>519.4</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="6" t="s">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="B24" s="8">
-        <v>45348</v>
+        <v>45866</v>
       </c>
       <c r="C24" s="9">
-        <v>650</v>
+        <v>800</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" s="8">
+        <v>45812</v>
+      </c>
+      <c r="C25" s="9">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B26" s="8">
+        <v>45776</v>
+      </c>
+      <c r="C26" s="9">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A27" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B27" s="8">
+        <v>45747</v>
+      </c>
+      <c r="C27" s="9">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A28" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B28" s="8">
+        <v>45707</v>
+      </c>
+      <c r="C28" s="9">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A29" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B29" s="8">
+        <v>45704</v>
+      </c>
+      <c r="C29" s="9">
+        <v>6300</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A30" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B30" s="8">
+        <v>45638</v>
+      </c>
+      <c r="C30" s="9">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A31" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B31" s="8">
+        <v>45587</v>
+      </c>
+      <c r="C31" s="9">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A32" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="B32" s="8">
+        <v>45385</v>
+      </c>
+      <c r="C32" s="9">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A33" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B33" s="8">
+        <v>45348</v>
+      </c>
+      <c r="C33" s="9">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A34" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B25" s="8">
+      <c r="B34" s="8">
         <v>45342</v>
       </c>
-      <c r="C25" s="9">
+      <c r="C34" s="9">
         <v>383532.7</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A26" s="6" t="s">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B26" s="8">
+      <c r="B35" s="8">
         <v>45342</v>
       </c>
-      <c r="C26" s="9">
+      <c r="C35" s="9">
         <f>171434.37-147</f>
         <v>171287.37</v>
       </c>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A27" s="6" t="s">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A36" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B27" s="7" t="s">
+      <c r="B36" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="C27" s="9">
+      <c r="C36" s="9">
         <v>150</v>
       </c>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A28" s="6" t="s">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A37" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B28" s="8">
+      <c r="B37" s="8">
         <v>45342</v>
       </c>
-      <c r="C28" s="9">
+      <c r="C37" s="9">
         <v>100</v>
       </c>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A29" s="6" t="s">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A38" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B29" s="8">
+      <c r="B38" s="8">
         <v>45288</v>
       </c>
-      <c r="C29" s="9">
+      <c r="C38" s="9">
         <v>3765.55</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A30" s="6" t="s">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A39" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B30" s="8">
+      <c r="B39" s="8">
         <v>45240</v>
       </c>
-      <c r="C30" s="9">
+      <c r="C39" s="9">
         <v>9108</v>
       </c>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A31" s="6" t="s">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A40" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B31" s="8">
+      <c r="B40" s="8">
         <v>45240</v>
       </c>
-      <c r="C31" s="9">
+      <c r="C40" s="9">
         <v>940</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A32" s="6" t="s">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A41" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B32" s="8">
+      <c r="B41" s="8">
         <v>45217</v>
       </c>
-      <c r="C32" s="9">
+      <c r="C41" s="9">
         <v>1500</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A33" s="6" t="s">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A42" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="B33" s="8">
+      <c r="B42" s="8">
         <v>45217</v>
       </c>
-      <c r="C33" s="9">
+      <c r="C42" s="9">
         <v>54</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A34" s="6" t="s">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A43" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B34" s="8">
+      <c r="B43" s="8">
         <v>45209</v>
       </c>
-      <c r="C34" s="9">
+      <c r="C43" s="9">
         <v>2500</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A35" s="6" t="s">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A44" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="B35" s="8">
+      <c r="B44" s="8">
         <v>45209</v>
       </c>
-      <c r="C35" s="9">
+      <c r="C44" s="9">
         <v>169.66</v>
       </c>
-      <c r="D35" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A36" s="10" t="s">
+      <c r="D44" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A45" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="B36" s="11"/>
-[...6 lines deleted...]
-      <c r="A37" s="12" t="s">
+      <c r="B45" s="11"/>
+      <c r="C45" s="15">
+        <f>SUM(C5:C44)</f>
+        <v>604466.2300000001</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A46" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="B37" s="13"/>
-[...10 lines deleted...]
-      <c r="C39" s="16"/>
+      <c r="B46" s="13"/>
+      <c r="C46" s="16"/>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A47" s="12"/>
+      <c r="B47" s="13"/>
+      <c r="C47" s="17"/>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A48" s="12"/>
+      <c r="B48" s="13"/>
+      <c r="C48" s="16"/>
     </row>
   </sheetData>
-  <autoFilter ref="A4:C38" xr:uid="{5EF43E55-BA69-4536-A21D-565135A6C93F}"/>
+  <autoFilter ref="A4:C47" xr:uid="{5EF43E55-BA69-4536-A21D-565135A6C93F}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;Z&amp;F &amp;D</oddHeader>
     <oddFooter>&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D494411-9ED8-4DA2-91AD-267D87BEA826}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G16" sqref="G16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">