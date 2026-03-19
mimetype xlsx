--- v0 (2025-12-05)
+++ v1 (2026-03-19)
@@ -1,99 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\FA-StudentAccounting\Jeanette Prestel\Unapplied funds\Tina - monthly website updates\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\FA-StudentAccounting\Jeanette Prestel\Unapplied funds\Tina - monthly website updates\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DC6ECED7-9A4C-48F6-8407-6E7A138FE872}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FE29AAC5-99CF-4A8A-949A-EB84D67B9C69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6A0F0493-115F-4BAC-B38B-960C89047E0F}"/>
   </bookViews>
   <sheets>
     <sheet name="Unapplied wire updates" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Unapplied wire updates'!$A$4:$C$105</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Unapplied wire updates'!$A$1:$C$105</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Unapplied wire updates'!$A$4:$C$120</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Unapplied wire updates'!$A$1:$C$120</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Unapplied wire updates'!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C105" i="1" l="1"/>
+  <c r="C120" i="1" l="1"/>
   <c r="C103" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="125">
   <si>
     <t>DESCRIPTION</t>
   </si>
   <si>
     <t>WIRE DATE</t>
   </si>
   <si>
     <t>AMOUNT</t>
   </si>
   <si>
     <t>BILL.COM 4/8/2024</t>
   </si>
   <si>
     <t>OSANNI BIO 4/15/2024</t>
   </si>
   <si>
     <t>Sage Publication</t>
   </si>
   <si>
     <t>Lung Cancer Research</t>
   </si>
   <si>
     <t>Bill.Com</t>
   </si>
   <si>
@@ -369,51 +369,105 @@
   <si>
     <t>STATE OF ALABAMA 10/6/2025</t>
   </si>
   <si>
     <t>SIEMENS MED/SMS LLC 9/8/25</t>
   </si>
   <si>
     <t>ST JUDE MEDICAL 8/13/25</t>
   </si>
   <si>
     <t>UNAPPLIED WIRES as of OCT 2025</t>
   </si>
   <si>
     <t>STATE OF ALABAMA 10/14/25</t>
   </si>
   <si>
     <t>SANOFI PASTEUR 10/21/25</t>
   </si>
   <si>
     <t>Cancer Research 11/3/25</t>
   </si>
   <si>
     <t>Academic Travel 11/12/25</t>
   </si>
   <si>
-    <t>UNAPPLIED WIRES as of NOV 2025</t>
+    <t>Research Foundation 10/6/25</t>
+  </si>
+  <si>
+    <t>Academic Travel Abroad Inc 11/14/25</t>
+  </si>
+  <si>
+    <t>Calyxo 12/19/25</t>
+  </si>
+  <si>
+    <t>The ALS Association 12/12/25</t>
+  </si>
+  <si>
+    <t>Baszucki Family 12/17/25</t>
+  </si>
+  <si>
+    <t>UMCH 10/31/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Real Time Payment Credit 1/7/26 </t>
+  </si>
+  <si>
+    <t>UNAPPLIED WIRES as of FEB 2026</t>
+  </si>
+  <si>
+    <t>BEACON DISC PYMNT 12/3/25</t>
+  </si>
+  <si>
+    <t>BEACON DISC PYMNT 12/23/25</t>
+  </si>
+  <si>
+    <t>ABBOTT LABORATORY 1/2/26</t>
+  </si>
+  <si>
+    <t>PHARMARON INC 1/20/26</t>
+  </si>
+  <si>
+    <t>ProPharma Group 2/2/26</t>
+  </si>
+  <si>
+    <t>Salesforce 2/5/26</t>
+  </si>
+  <si>
+    <t>Baptist Foundation 2/13/26</t>
+  </si>
+  <si>
+    <t>Alzheimer Disease 2/18/26</t>
+  </si>
+  <si>
+    <t>The American Soc 2/20/26</t>
+  </si>
+  <si>
+    <t>IPG Companies 2/23/26</t>
+  </si>
+  <si>
+    <t>Arkansas Children 2/24/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -814,1478 +868,1643 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE0B852E-1CDD-4694-A531-6F650EFFCD8D}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H128"/>
+  <dimension ref="A1:G143"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A46" workbookViewId="0">
-      <selection activeCell="M16" sqref="M16"/>
+    <sheetView tabSelected="1" topLeftCell="A100" workbookViewId="0">
+      <selection activeCell="E13" sqref="E13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="44.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="47" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.5703125" style="1" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
-[...252 lines deleted...]
-    <col min="16081" max="16384" width="9.140625" style="1"/>
+    <col min="3" max="3" width="12.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="204" width="9.140625" style="1"/>
+    <col min="205" max="205" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="206" max="206" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="207" max="207" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="208" max="460" width="9.140625" style="1"/>
+    <col min="461" max="461" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="462" max="462" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="463" max="463" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="464" max="716" width="9.140625" style="1"/>
+    <col min="717" max="717" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="718" max="718" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="719" max="719" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="720" max="972" width="9.140625" style="1"/>
+    <col min="973" max="973" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="974" max="974" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="975" max="975" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="976" max="1228" width="9.140625" style="1"/>
+    <col min="1229" max="1229" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1230" max="1230" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1231" max="1231" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1232" max="1484" width="9.140625" style="1"/>
+    <col min="1485" max="1485" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1486" max="1486" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1487" max="1487" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1488" max="1740" width="9.140625" style="1"/>
+    <col min="1741" max="1741" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1742" max="1742" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1743" max="1743" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1744" max="1996" width="9.140625" style="1"/>
+    <col min="1997" max="1997" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1998" max="1998" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1999" max="1999" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2000" max="2252" width="9.140625" style="1"/>
+    <col min="2253" max="2253" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2254" max="2254" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2255" max="2255" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2256" max="2508" width="9.140625" style="1"/>
+    <col min="2509" max="2509" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2510" max="2510" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2511" max="2511" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2512" max="2764" width="9.140625" style="1"/>
+    <col min="2765" max="2765" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2766" max="2766" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2767" max="2767" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2768" max="3020" width="9.140625" style="1"/>
+    <col min="3021" max="3021" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3022" max="3022" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3023" max="3023" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3024" max="3276" width="9.140625" style="1"/>
+    <col min="3277" max="3277" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3278" max="3278" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3279" max="3279" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3280" max="3532" width="9.140625" style="1"/>
+    <col min="3533" max="3533" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3534" max="3534" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3535" max="3535" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3536" max="3788" width="9.140625" style="1"/>
+    <col min="3789" max="3789" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3790" max="3790" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3791" max="3791" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3792" max="4044" width="9.140625" style="1"/>
+    <col min="4045" max="4045" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4046" max="4046" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4047" max="4047" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4048" max="4300" width="9.140625" style="1"/>
+    <col min="4301" max="4301" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4302" max="4302" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4303" max="4303" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4304" max="4556" width="9.140625" style="1"/>
+    <col min="4557" max="4557" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4558" max="4558" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4559" max="4559" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4560" max="4812" width="9.140625" style="1"/>
+    <col min="4813" max="4813" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4814" max="4814" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4815" max="4815" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4816" max="5068" width="9.140625" style="1"/>
+    <col min="5069" max="5069" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5070" max="5070" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5071" max="5071" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5072" max="5324" width="9.140625" style="1"/>
+    <col min="5325" max="5325" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5326" max="5326" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5327" max="5327" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5328" max="5580" width="9.140625" style="1"/>
+    <col min="5581" max="5581" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5582" max="5582" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5583" max="5583" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5584" max="5836" width="9.140625" style="1"/>
+    <col min="5837" max="5837" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5838" max="5838" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5839" max="5839" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5840" max="6092" width="9.140625" style="1"/>
+    <col min="6093" max="6093" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6094" max="6094" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6095" max="6095" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6096" max="6348" width="9.140625" style="1"/>
+    <col min="6349" max="6349" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6350" max="6350" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6351" max="6351" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6352" max="6604" width="9.140625" style="1"/>
+    <col min="6605" max="6605" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6606" max="6606" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6607" max="6607" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6608" max="6860" width="9.140625" style="1"/>
+    <col min="6861" max="6861" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6862" max="6862" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6863" max="6863" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6864" max="7116" width="9.140625" style="1"/>
+    <col min="7117" max="7117" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7118" max="7118" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7119" max="7119" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7120" max="7372" width="9.140625" style="1"/>
+    <col min="7373" max="7373" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7374" max="7374" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7375" max="7375" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7376" max="7628" width="9.140625" style="1"/>
+    <col min="7629" max="7629" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7630" max="7630" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7631" max="7631" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7632" max="7884" width="9.140625" style="1"/>
+    <col min="7885" max="7885" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7886" max="7886" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7887" max="7887" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7888" max="8140" width="9.140625" style="1"/>
+    <col min="8141" max="8141" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8142" max="8142" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8143" max="8143" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8144" max="8396" width="9.140625" style="1"/>
+    <col min="8397" max="8397" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8398" max="8398" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8399" max="8399" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8400" max="8652" width="9.140625" style="1"/>
+    <col min="8653" max="8653" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8654" max="8654" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8655" max="8655" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8656" max="8908" width="9.140625" style="1"/>
+    <col min="8909" max="8909" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8910" max="8910" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8911" max="8911" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8912" max="9164" width="9.140625" style="1"/>
+    <col min="9165" max="9165" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9166" max="9166" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9167" max="9167" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9168" max="9420" width="9.140625" style="1"/>
+    <col min="9421" max="9421" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9422" max="9422" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9423" max="9423" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9424" max="9676" width="9.140625" style="1"/>
+    <col min="9677" max="9677" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9678" max="9678" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9679" max="9679" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9680" max="9932" width="9.140625" style="1"/>
+    <col min="9933" max="9933" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9934" max="9934" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9935" max="9935" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9936" max="10188" width="9.140625" style="1"/>
+    <col min="10189" max="10189" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10190" max="10190" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10191" max="10191" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10192" max="10444" width="9.140625" style="1"/>
+    <col min="10445" max="10445" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10446" max="10446" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10447" max="10447" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10448" max="10700" width="9.140625" style="1"/>
+    <col min="10701" max="10701" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10702" max="10702" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10703" max="10703" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10704" max="10956" width="9.140625" style="1"/>
+    <col min="10957" max="10957" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10958" max="10958" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10959" max="10959" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10960" max="11212" width="9.140625" style="1"/>
+    <col min="11213" max="11213" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11214" max="11214" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11215" max="11215" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11216" max="11468" width="9.140625" style="1"/>
+    <col min="11469" max="11469" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11470" max="11470" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11471" max="11471" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11472" max="11724" width="9.140625" style="1"/>
+    <col min="11725" max="11725" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11726" max="11726" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11727" max="11727" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11728" max="11980" width="9.140625" style="1"/>
+    <col min="11981" max="11981" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11982" max="11982" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11983" max="11983" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11984" max="12236" width="9.140625" style="1"/>
+    <col min="12237" max="12237" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12238" max="12238" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12239" max="12239" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12240" max="12492" width="9.140625" style="1"/>
+    <col min="12493" max="12493" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12494" max="12494" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12495" max="12495" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12496" max="12748" width="9.140625" style="1"/>
+    <col min="12749" max="12749" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12750" max="12750" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12751" max="12751" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12752" max="13004" width="9.140625" style="1"/>
+    <col min="13005" max="13005" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13006" max="13006" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13007" max="13007" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13008" max="13260" width="9.140625" style="1"/>
+    <col min="13261" max="13261" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13262" max="13262" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13263" max="13263" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13264" max="13516" width="9.140625" style="1"/>
+    <col min="13517" max="13517" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13518" max="13518" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13519" max="13519" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13520" max="13772" width="9.140625" style="1"/>
+    <col min="13773" max="13773" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13774" max="13774" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13775" max="13775" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13776" max="14028" width="9.140625" style="1"/>
+    <col min="14029" max="14029" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14030" max="14030" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14031" max="14031" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14032" max="14284" width="9.140625" style="1"/>
+    <col min="14285" max="14285" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14286" max="14286" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14287" max="14287" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14288" max="14540" width="9.140625" style="1"/>
+    <col min="14541" max="14541" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14542" max="14542" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14543" max="14543" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14544" max="14796" width="9.140625" style="1"/>
+    <col min="14797" max="14797" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14798" max="14798" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14799" max="14799" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14800" max="15052" width="9.140625" style="1"/>
+    <col min="15053" max="15053" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15054" max="15054" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15055" max="15055" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15056" max="15308" width="9.140625" style="1"/>
+    <col min="15309" max="15309" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15310" max="15310" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15311" max="15311" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15312" max="15564" width="9.140625" style="1"/>
+    <col min="15565" max="15565" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15566" max="15566" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15567" max="15567" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15568" max="15820" width="9.140625" style="1"/>
+    <col min="15821" max="15821" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15822" max="15822" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15823" max="15823" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15824" max="16076" width="9.140625" style="1"/>
+    <col min="16077" max="16077" width="55.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="16078" max="16078" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="16079" max="16079" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="16080" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="C1" s="7"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
       <c r="C2" s="7"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C3" s="7"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A5" s="1" t="s">
-        <v>102</v>
+      <c r="A5" s="2" t="s">
+        <v>114</v>
       </c>
       <c r="B5" s="3">
-        <v>45944</v>
+        <v>45994</v>
       </c>
       <c r="C5" s="4">
-        <v>400</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A6" s="1" t="s">
-        <v>103</v>
+      <c r="A6" s="2" t="s">
+        <v>115</v>
       </c>
       <c r="B6" s="3">
-        <v>45951</v>
+        <v>46014</v>
       </c>
       <c r="C6" s="4">
-        <v>5000</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="B7" s="3">
-        <v>45964</v>
+        <v>46014</v>
       </c>
       <c r="C7" s="4">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="2" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="B8" s="3">
-        <v>45973</v>
+        <v>46024</v>
       </c>
       <c r="C8" s="4">
-        <v>0.01</v>
+        <v>13600</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="2" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="B9" s="3">
-        <v>45936</v>
+        <v>45994</v>
       </c>
       <c r="C9" s="4">
-        <v>425</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="2" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="B10" s="3">
-        <v>45908</v>
+        <v>46042</v>
       </c>
       <c r="C10" s="4">
-        <v>7500</v>
+        <v>199.14</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" s="2" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="B11" s="3">
-        <v>45882</v>
+        <v>46055</v>
       </c>
       <c r="C11" s="4">
-        <v>3746.8</v>
+        <v>56900</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="2" t="s">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="B12" s="3">
-        <v>45911</v>
+        <v>46058</v>
       </c>
       <c r="C12" s="4">
-        <v>575</v>
+        <v>73068</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="2" t="s">
-        <v>93</v>
+        <v>120</v>
       </c>
       <c r="B13" s="3">
-        <v>45839</v>
+        <v>46066</v>
       </c>
       <c r="C13" s="4">
-        <v>5265</v>
+        <v>764785.64</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="2" t="s">
-        <v>92</v>
+        <v>121</v>
       </c>
       <c r="B14" s="3">
-        <v>45848</v>
+        <v>46071</v>
       </c>
       <c r="C14" s="4">
-        <v>5000</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="2" t="s">
-        <v>91</v>
+        <v>122</v>
       </c>
       <c r="B15" s="3">
-        <v>45890</v>
+        <v>46073</v>
       </c>
       <c r="C15" s="4">
-        <v>987.5</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="2" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="B16" s="3">
-        <v>45917</v>
+        <v>46076</v>
       </c>
       <c r="C16" s="4">
-        <v>0.01</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:8" x14ac:dyDescent="0.2">
+        <v>20000</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="2" t="s">
-        <v>89</v>
+        <v>124</v>
       </c>
       <c r="B17" s="3">
-        <v>45904</v>
+        <v>46077</v>
       </c>
       <c r="C17" s="4">
-        <v>7138</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:8" x14ac:dyDescent="0.2">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="2" t="s">
-        <v>88</v>
+        <v>111</v>
       </c>
       <c r="B18" s="3">
-        <v>45930</v>
+        <v>46042</v>
       </c>
       <c r="C18" s="4">
-        <v>995</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:8" x14ac:dyDescent="0.2">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
       <c r="B19" s="3">
-        <v>45812</v>
+        <v>46055</v>
       </c>
       <c r="C19" s="4">
-        <v>12400</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="2" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="B20" s="3">
-        <v>45807</v>
+        <v>45936</v>
       </c>
       <c r="C20" s="4">
-        <v>1873.2</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.2">
+        <v>7500</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="2" t="s">
-        <v>83</v>
+        <v>107</v>
       </c>
       <c r="B21" s="3">
-        <v>45791</v>
+        <v>45975</v>
       </c>
       <c r="C21" s="4">
-        <v>3304</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:8" x14ac:dyDescent="0.2">
+        <v>4230</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="2" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="B22" s="3">
-        <v>45832</v>
+        <v>46010</v>
       </c>
       <c r="C22" s="4">
-        <v>1300</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="2" t="s">
-        <v>85</v>
+        <v>109</v>
       </c>
       <c r="B23" s="3">
-        <v>45898</v>
+        <v>46003</v>
       </c>
       <c r="C23" s="4">
-        <v>45000</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="2" t="s">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="B24" s="3">
-        <v>45880</v>
+        <v>46008</v>
       </c>
       <c r="C24" s="4">
-        <v>1500</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="2" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="B25" s="3">
-        <v>45896</v>
+        <v>45944</v>
       </c>
       <c r="C25" s="4">
-        <v>0.01</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:8" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="2" t="s">
-        <v>80</v>
+        <v>103</v>
       </c>
       <c r="B26" s="3">
-        <v>45819</v>
+        <v>45951</v>
       </c>
       <c r="C26" s="4">
-        <v>10000</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:8" x14ac:dyDescent="0.2">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
-        <v>79</v>
+        <v>104</v>
       </c>
       <c r="B27" s="3">
-        <v>45813</v>
+        <v>45964</v>
       </c>
       <c r="C27" s="4">
-        <v>1430</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:8" x14ac:dyDescent="0.2">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="2" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="B28" s="3">
-        <v>45863</v>
+        <v>45973</v>
       </c>
       <c r="C28" s="4">
         <v>0.01</v>
       </c>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="2" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="B29" s="3">
-        <v>45856</v>
+        <v>45936</v>
       </c>
       <c r="C29" s="4">
-        <v>0.01</v>
-[...4 lines deleted...]
-        <v>77</v>
+        <v>425</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A30" s="2" t="s">
+        <v>99</v>
       </c>
       <c r="B30" s="3">
-        <v>45840</v>
+        <v>45908</v>
       </c>
       <c r="C30" s="4">
-        <v>0.01</v>
-[...7 lines deleted...]
-        <v>78</v>
+        <v>7500</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A31" s="2" t="s">
+        <v>100</v>
       </c>
       <c r="B31" s="3">
-        <v>45845</v>
+        <v>45882</v>
       </c>
       <c r="C31" s="4">
-        <v>0.01</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.2">
+        <v>3746.8</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="2" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="B32" s="3">
-        <v>45735</v>
+        <v>45911</v>
       </c>
       <c r="C32" s="4">
-        <v>278.5</v>
+        <v>575</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="2" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="B33" s="3">
-        <v>45810</v>
+        <v>45848</v>
       </c>
       <c r="C33" s="4">
-        <v>1450</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="2" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="B34" s="3">
-        <v>45805</v>
+        <v>45890</v>
       </c>
       <c r="C34" s="4">
-        <v>0.01</v>
+        <v>987.5</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="2" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="B35" s="3">
-        <v>45804</v>
+        <v>45917</v>
       </c>
       <c r="C35" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="2" t="s">
-        <v>61</v>
+        <v>88</v>
       </c>
       <c r="B36" s="3">
-        <v>45793</v>
+        <v>45930</v>
       </c>
       <c r="C36" s="4">
-        <v>0.01</v>
+        <v>995</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="2" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="B37" s="3">
-        <v>45792</v>
+        <v>45812</v>
       </c>
       <c r="C37" s="4">
-        <v>0.01</v>
+        <v>12400</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="2" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="B38" s="3">
-        <v>45772</v>
+        <v>45807</v>
       </c>
       <c r="C38" s="4">
-        <v>4875</v>
+        <v>1873.2</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="2" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="B39" s="3">
-        <v>45761</v>
+        <v>45791</v>
       </c>
       <c r="C39" s="4">
-        <v>0.01</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="2" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="B40" s="3">
-        <v>45749</v>
+        <v>45832</v>
       </c>
       <c r="C40" s="4">
-        <v>9205.2999999999993</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="2" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="B41" s="3">
-        <v>45743</v>
+        <v>45898</v>
       </c>
       <c r="C41" s="4">
-        <v>404.24</v>
+        <v>45000</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A42" s="2" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="B42" s="3">
-        <v>45736</v>
+        <v>45880</v>
       </c>
       <c r="C42" s="4">
-        <v>5000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="2" t="s">
-        <v>53</v>
+        <v>87</v>
       </c>
       <c r="B43" s="3">
-        <v>45730</v>
+        <v>45896</v>
       </c>
       <c r="C43" s="4">
-        <v>80.87</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="B44" s="3">
-        <v>45720</v>
+        <v>45819</v>
       </c>
       <c r="C44" s="4">
-        <v>2148.8000000000002</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A45" s="2" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="B45" s="3">
-        <v>45714</v>
+        <v>45813</v>
       </c>
       <c r="C45" s="4">
-        <v>5262</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A46" s="2" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="B46" s="3">
-        <v>45709</v>
+        <v>45863</v>
       </c>
       <c r="C46" s="4">
-        <v>194.16</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B47" s="3">
-        <v>45707</v>
+        <v>45856</v>
       </c>
       <c r="C47" s="4">
-        <v>6895.2</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="2" t="s">
-        <v>57</v>
+        <v>77</v>
       </c>
       <c r="B48" s="3">
-        <v>45706</v>
+        <v>45840</v>
       </c>
       <c r="C48" s="4">
-        <v>2000</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:3" x14ac:dyDescent="0.2">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A49" s="2" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="B49" s="3">
-        <v>45701</v>
+        <v>45845</v>
       </c>
       <c r="C49" s="4">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:3" x14ac:dyDescent="0.2">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A50" s="2" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="B50" s="3">
-        <v>45695</v>
+        <v>45735</v>
       </c>
       <c r="C50" s="4">
-        <v>500</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:3" x14ac:dyDescent="0.2">
+        <v>278.5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A51" s="2" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="B51" s="3">
-        <v>45693</v>
+        <v>45810</v>
       </c>
       <c r="C51" s="4">
-        <v>0.01</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:3" x14ac:dyDescent="0.2">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A52" s="2" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="B52" s="3">
-        <v>45692</v>
+        <v>45805</v>
       </c>
       <c r="C52" s="4">
-        <v>1000</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:3" x14ac:dyDescent="0.2">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A53" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="B53" s="3">
-        <v>45688</v>
+        <v>45804</v>
       </c>
       <c r="C53" s="4">
         <v>0.01</v>
       </c>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A54" s="2" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="B54" s="3">
-        <v>45688</v>
-[...5 lines deleted...]
-    <row r="55" spans="1:3" x14ac:dyDescent="0.2">
+        <v>45793</v>
+      </c>
+      <c r="C54" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="B55" s="3">
-        <v>45686</v>
-[...5 lines deleted...]
-    <row r="56" spans="1:3" x14ac:dyDescent="0.2">
+        <v>45792</v>
+      </c>
+      <c r="C55" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A56" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B56" s="3">
-        <v>45686</v>
+        <v>45772</v>
       </c>
       <c r="C56" s="4">
-        <v>5247.55</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:3" x14ac:dyDescent="0.2">
+        <v>4875</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A57" s="2" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="B57" s="3">
-        <v>45685</v>
-[...5 lines deleted...]
-    <row r="58" spans="1:3" x14ac:dyDescent="0.2">
+        <v>45761</v>
+      </c>
+      <c r="C57" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A58" s="2" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="B58" s="3">
-        <v>45684</v>
+        <v>45749</v>
       </c>
       <c r="C58" s="4">
+        <v>9205.2999999999993</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A59" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B59" s="3">
+        <v>45743</v>
+      </c>
+      <c r="C59" s="4">
+        <v>404.24</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A60" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B60" s="3">
+        <v>45736</v>
+      </c>
+      <c r="C60" s="4">
         <v>5000</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.2">
-[...21 lines deleted...]
-    <row r="61" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A61" s="2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B61" s="3">
-        <v>45656</v>
+        <v>45730</v>
       </c>
       <c r="C61" s="4">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:3" x14ac:dyDescent="0.2">
+        <v>80.87</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A62" s="2" t="s">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="B62" s="3">
-        <v>45631</v>
+        <v>45720</v>
       </c>
       <c r="C62" s="4">
-        <v>500</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:3" x14ac:dyDescent="0.2">
+        <v>2148.8000000000002</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A63" s="2" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="B63" s="3">
-        <v>45617</v>
+        <v>45714</v>
       </c>
       <c r="C63" s="4">
-        <v>3500</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:3" x14ac:dyDescent="0.2">
+        <v>5262</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A64" s="2" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="B64" s="3">
-        <v>45597</v>
+        <v>45709</v>
       </c>
       <c r="C64" s="4">
-        <v>0.01</v>
+        <v>194.16</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A65" s="2" t="s">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="B65" s="3">
-        <v>45597</v>
+        <v>45707</v>
       </c>
       <c r="C65" s="4">
-        <v>0.01</v>
+        <v>6895.2</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A66" s="2" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="B66" s="3">
-        <v>45597</v>
+        <v>45701</v>
       </c>
       <c r="C66" s="4">
-        <v>0.01</v>
+        <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="B67" s="3">
-        <v>45597</v>
+        <v>45695</v>
       </c>
       <c r="C67" s="4">
-        <v>0.01</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A68" s="2" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B68" s="3">
-        <v>45597</v>
+        <v>45693</v>
       </c>
       <c r="C68" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="69" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A69" s="2" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="B69" s="3">
-        <v>45596</v>
-[...2 lines deleted...]
-        <v>11880</v>
+        <v>45692</v>
+      </c>
+      <c r="C69" s="4">
+        <v>1000</v>
       </c>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A70" s="2" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="B70" s="3">
-        <v>45590</v>
+        <v>45688</v>
       </c>
       <c r="C70" s="4">
-        <v>22.8</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A71" s="2" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="B71" s="3">
-        <v>45512</v>
-[...2 lines deleted...]
-        <v>0.01</v>
+        <v>45688</v>
+      </c>
+      <c r="C71" s="12">
+        <v>35000</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A72" s="2" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="B72" s="3">
-        <v>45511</v>
-[...1 lines deleted...]
-      <c r="C72" s="4">
+        <v>45686</v>
+      </c>
+      <c r="C72" s="12">
         <v>0.01</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A73" s="2" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="B73" s="3">
-        <v>45506</v>
+        <v>45686</v>
       </c>
       <c r="C73" s="4">
-        <v>0.01</v>
+        <v>5247.55</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A74" s="2" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="B74" s="3">
-        <v>45504</v>
-[...1 lines deleted...]
-      <c r="C74" s="4">
+        <v>45685</v>
+      </c>
+      <c r="C74" s="12">
         <v>0.01</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A75" s="2" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="B75" s="3">
-        <v>45498</v>
+        <v>45684</v>
       </c>
       <c r="C75" s="4">
-        <v>0.01</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A76" s="2" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="B76" s="3">
-        <v>45497</v>
+        <v>45681</v>
       </c>
       <c r="C76" s="4">
-        <v>0.01</v>
+        <v>945</v>
       </c>
     </row>
     <row r="77" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A77" s="1" t="s">
-[...3 lines deleted...]
-        <v>45496</v>
+      <c r="A77" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B77" s="3">
+        <v>45674</v>
       </c>
       <c r="C77" s="4">
-        <v>475</v>
+        <v>4814</v>
       </c>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A78" s="2" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="B78" s="3">
-        <v>45485</v>
+        <v>45656</v>
       </c>
       <c r="C78" s="4">
-        <v>0.01</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A79" s="2" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="B79" s="3">
-        <v>45468</v>
+        <v>45631</v>
       </c>
       <c r="C79" s="4">
-        <v>0.01</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A80" s="2" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="B80" s="3">
-        <v>45435</v>
+        <v>45617</v>
       </c>
       <c r="C80" s="4">
-        <v>150</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="81" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A81" s="2" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="B81" s="3">
-        <v>45433</v>
+        <v>45597</v>
       </c>
       <c r="C81" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="82" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A82" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B82" s="3">
-        <v>45425</v>
+        <v>45597</v>
       </c>
       <c r="C82" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="83" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A83" s="2" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="B83" s="3">
-        <v>45419</v>
+        <v>45597</v>
       </c>
       <c r="C83" s="4">
-        <v>1484</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="84" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A84" s="2" t="s">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="B84" s="3">
-        <v>45413</v>
+        <v>45597</v>
       </c>
       <c r="C84" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="85" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A85" s="2" t="s">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="B85" s="3">
-        <v>45413</v>
+        <v>45597</v>
       </c>
       <c r="C85" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="86" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A86" s="2" t="s">
-        <v>5</v>
+        <v>44</v>
       </c>
       <c r="B86" s="3">
-        <v>45379</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>45596</v>
+      </c>
+      <c r="C86" s="12">
+        <v>11880</v>
       </c>
     </row>
     <row r="87" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A87" s="2" t="s">
-        <v>7</v>
+        <v>41</v>
       </c>
       <c r="B87" s="3">
-        <v>45352</v>
+        <v>45590</v>
       </c>
       <c r="C87" s="4">
-        <v>0.01</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="88" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A88" s="2" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="B88" s="3">
-        <v>45352</v>
+        <v>45512</v>
       </c>
       <c r="C88" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="89" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A89" s="2" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B89" s="3">
-        <v>45352</v>
+        <v>45511</v>
       </c>
       <c r="C89" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="90" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A90" s="2" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="B90" s="3">
-        <v>45350</v>
+        <v>45506</v>
       </c>
       <c r="C90" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="91" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A91" s="2" t="s">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="B91" s="3">
-        <v>45348</v>
+        <v>45504</v>
       </c>
       <c r="C91" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="92" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A92" s="2" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="B92" s="3">
-        <v>45337</v>
+        <v>45498</v>
       </c>
       <c r="C92" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="93" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A93" s="2" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="B93" s="3">
-        <v>45327</v>
+        <v>45497</v>
       </c>
       <c r="C93" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="94" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A94" s="2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="B94" s="3">
-        <v>45320</v>
+        <v>45496</v>
       </c>
       <c r="C94" s="4">
-        <v>0.01</v>
+        <v>475</v>
       </c>
     </row>
     <row r="95" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A95" s="2" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B95" s="3">
-        <v>45307</v>
+        <v>45485</v>
       </c>
       <c r="C95" s="4">
-        <v>230</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="96" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A96" s="2" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="B96" s="3">
-        <v>45300</v>
+        <v>45468</v>
       </c>
       <c r="C96" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="97" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A97" s="2" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B97" s="3">
-        <v>45300</v>
+        <v>45435</v>
       </c>
       <c r="C97" s="4">
-        <v>0.01</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A98" s="2" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="B98" s="3">
-        <v>45282</v>
+        <v>45433</v>
       </c>
       <c r="C98" s="4">
-        <v>8664</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="99" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A99" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B99" s="3">
-        <v>45275</v>
+        <v>45425</v>
       </c>
       <c r="C99" s="4">
-        <v>3250</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="100" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A100" s="2" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="B100" s="3">
-        <v>45273</v>
+        <v>45413</v>
       </c>
       <c r="C100" s="4">
         <v>0.01</v>
       </c>
     </row>
     <row r="101" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A101" s="2" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="B101" s="3">
-        <v>45251</v>
+        <v>45413</v>
       </c>
       <c r="C101" s="4">
-        <v>1440.73</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="102" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A102" s="2" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="B102" s="3">
-        <v>45245</v>
+        <v>45379</v>
       </c>
       <c r="C102" s="4">
-        <v>0.01</v>
+        <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A103" s="2" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="B103" s="3">
-        <v>45243</v>
+        <v>45352</v>
       </c>
       <c r="C103" s="4">
-        <v>5000</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="104" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A104" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B104" s="3">
+        <v>45352</v>
+      </c>
+      <c r="C104" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A105" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B105" s="3">
+        <v>45352</v>
+      </c>
+      <c r="C105" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A106" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B106" s="3">
+        <v>45350</v>
+      </c>
+      <c r="C106" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A107" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B107" s="3">
+        <v>45348</v>
+      </c>
+      <c r="C107" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A108" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B108" s="3">
+        <v>45337</v>
+      </c>
+      <c r="C108" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A109" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B109" s="3">
+        <v>45327</v>
+      </c>
+      <c r="C109" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A110" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B110" s="3">
+        <v>45320</v>
+      </c>
+      <c r="C110" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A111" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B111" s="3">
+        <v>45307</v>
+      </c>
+      <c r="C111" s="4">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A112" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B112" s="3">
+        <v>45300</v>
+      </c>
+      <c r="C112" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A113" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B113" s="3">
+        <v>45300</v>
+      </c>
+      <c r="C113" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A114" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B114" s="3">
+        <v>45282</v>
+      </c>
+      <c r="C114" s="4">
+        <v>8664</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A115" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B115" s="3">
+        <v>45273</v>
+      </c>
+      <c r="C115" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A116" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B116" s="3">
+        <v>45251</v>
+      </c>
+      <c r="C116" s="4">
+        <v>1440.73</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A117" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B117" s="3">
+        <v>45245</v>
+      </c>
+      <c r="C117" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A118" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B118" s="3">
+        <v>45243</v>
+      </c>
+      <c r="C118" s="4">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A119" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B104" s="3">
+      <c r="B119" s="3">
         <v>45225</v>
       </c>
-      <c r="C104" s="4">
-[...4 lines deleted...]
-      <c r="A105" s="8" t="s">
+      <c r="C119" s="4">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A120" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="B105" s="9"/>
-[...12 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="B120" s="9"/>
+      <c r="C120" s="10">
+        <f>SUM(C5:C119)</f>
+        <v>1163711.1200000006</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C127" s="11"/>
+    </row>
+    <row r="128" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C128" s="11"/>
+    </row>
+    <row r="132" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A132" s="1" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="118" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="B118" s="1" t="s">
+    <row r="133" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="B133" s="1" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="128" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A128" s="1" t="s">
+    <row r="143" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A143" s="1" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A4:C105" xr:uid="{AE0B852E-1CDD-4694-A531-6F650EFFCD8D}"/>
-[...1 lines deleted...]
-    <sortCondition descending="1" ref="B34:B104"/>
+  <autoFilter ref="A4:C120" xr:uid="{AE0B852E-1CDD-4694-A531-6F650EFFCD8D}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A52:C119">
+    <sortCondition descending="1" ref="B52:B119"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;Z&amp;F &amp;D</oddHeader>
     <oddFooter>&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{428FE3BA-362B-4A60-B7D4-908E4070E3C2}">
   <dimension ref="A1:D126"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:D1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="41.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="35.85546875" style="1" bestFit="1" customWidth="1"/>
   </cols>