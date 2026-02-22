--- v0 (2025-12-18)
+++ v1 (2026-02-22)
@@ -1,76 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0482E1DE" w14:textId="6C1E11CB" w:rsidR="006B66AC" w:rsidRPr="006B66AC" w:rsidRDefault="006B66AC">
+    <w:p w14:paraId="72291464" w14:textId="77777777" w:rsidR="00D73563" w:rsidRDefault="00D73563" w:rsidP="00D73563">
       <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1E6B52"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00270112">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1E6B52"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Application – Blazer App Accelerator </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0482E1DE" w14:textId="36EA246E" w:rsidR="006B66AC" w:rsidRPr="006B66AC" w:rsidRDefault="00D73563" w:rsidP="00D73563">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B66AC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="1E6B52"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Application – Blazer App Accelerator</w:t>
+        <w:t xml:space="preserve">AppThink program: </w:t>
       </w:r>
-      <w:r w:rsidR="00466C25">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="1E6B52"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
-[...6 lines deleted...]
-        <w:t>Foundations Program</w:t>
+        <w:t>Foundations</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD3A5F" w14:paraId="0F7F4B7F" w14:textId="77777777" w:rsidTr="00DD3A5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D6851DD" w14:textId="05ED6766" w:rsidR="00DD3A5F" w:rsidRDefault="00DD3A5F" w:rsidP="00DD3A5F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>Name</w:t>
             </w:r>
@@ -194,51 +222,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003825C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="004D2EE1" w:rsidRPr="003825C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note that you must </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="004D2EE1" w:rsidRPr="00123860">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>submit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004D2EE1" w:rsidRPr="003825C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B189E" w:rsidRPr="003825C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(or have previously submitted) </w:t>
       </w:r>
       <w:r w:rsidR="004D2EE1" w:rsidRPr="003825C5">
         <w:rPr>
@@ -304,87 +332,87 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC48EF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>submission</w:t>
       </w:r>
       <w:r w:rsidR="006C44E9" w:rsidRPr="003825C5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D527BA" w14:textId="77777777" w:rsidR="003825C5" w:rsidRDefault="003825C5" w:rsidP="00852163">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="173E2C59" w14:textId="53837D01" w:rsidR="00175B10" w:rsidRDefault="00466C25" w:rsidP="00FD5904">
+    <w:p w14:paraId="173E2C59" w14:textId="6715C07D" w:rsidR="00175B10" w:rsidRDefault="00466C25" w:rsidP="00FD5904">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004D5398">
         <w:t>Answer</w:t>
       </w:r>
       <w:r w:rsidR="00FA2B18" w:rsidRPr="004D5398">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA2B18">
         <w:t>the following q</w:t>
       </w:r>
       <w:r w:rsidR="00175B10">
         <w:t>uestions</w:t>
       </w:r>
       <w:r w:rsidR="00FA2B18">
         <w:t xml:space="preserve"> in no more than </w:t>
       </w:r>
       <w:r w:rsidR="00E3775C">
         <w:t>two pages total.</w:t>
       </w:r>
       <w:r w:rsidR="000C1712">
         <w:t xml:space="preserve"> When you’ve completed the application</w:t>
       </w:r>
       <w:r w:rsidR="00E3697A">
         <w:t xml:space="preserve">, email your saved Word document to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00E3697A" w:rsidRPr="00981E4A">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00072DF7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>innovation@uab.edu</w:t>
+          <w:t>RF-programs@uab.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E3697A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56A88DF9" w14:textId="77777777" w:rsidR="00B66FB1" w:rsidRDefault="00B66FB1" w:rsidP="00FD5904">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B66FB1" w14:paraId="19CFAD67" w14:textId="77777777" w:rsidTr="00B66FB1">
         <w:tc>
@@ -778,51 +806,50 @@
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C1712" w14:paraId="5A38B765" w14:textId="77777777" w:rsidTr="00B66FB1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C3361B8" w14:textId="79932408" w:rsidR="000C1712" w:rsidRDefault="000C1712" w:rsidP="00FD5904">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="num" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="360"/>
             </w:pPr>
             <w:r w:rsidRPr="009F5F84">
-              <w:lastRenderedPageBreak/>
               <w:t>What will you do</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> to further your idea</w:t>
             </w:r>
             <w:r w:rsidRPr="009F5F84">
               <w:t xml:space="preserve"> if you do</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> not</w:t>
             </w:r>
             <w:r w:rsidRPr="009F5F84">
               <w:t xml:space="preserve"> get into </w:t>
             </w:r>
             <w:r>
               <w:t>the Blazer App Accelerator</w:t>
             </w:r>
             <w:r w:rsidRPr="009F5F84">
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C1712" w14:paraId="25306CE8" w14:textId="77777777" w:rsidTr="00B66FB1">
         <w:tc>
@@ -847,85 +874,464 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1EF12A45" w14:textId="77777777" w:rsidR="00B66FB1" w:rsidRDefault="00B66FB1" w:rsidP="00FD5904">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E681561" w14:textId="1A6781FB" w:rsidR="00227C9A" w:rsidRDefault="00227C9A" w:rsidP="00B66FB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A28F42E" w14:textId="77777777" w:rsidR="005F50A6" w:rsidRDefault="005F50A6"/>
     <w:sectPr w:rsidR="005F50A6">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="75E3713E" w14:textId="77777777" w:rsidR="00146DFE" w:rsidRDefault="00146DFE" w:rsidP="00C506B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="0930187A" w14:textId="77777777" w:rsidR="00146DFE" w:rsidRDefault="00146DFE" w:rsidP="00C506B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Proxima Nova Light">
+    <w:altName w:val="Tahoma"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="63B7026A" w14:textId="77777777" w:rsidR="004C7932" w:rsidRPr="00B014D7" w:rsidRDefault="004C7932" w:rsidP="004C7932">
+    <w:pPr>
+      <w:pStyle w:val="Footersmalltext"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>The Bill L. Harbert Institute for Innovation and Entrepreneurship is the DBA name of the UAB Research Foundation.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:br/>
+      <w:t xml:space="preserve">120 Collat School of </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>Business</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  |</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  7</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>13</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">th Street South      Mailing Address: </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">CSB </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>120</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  |</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">1720 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">2ND AVE </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>SOUTH  |</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  BIRMINGHAM AL 35294-</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>4460</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5D6DCD88" w14:textId="129464A1" w:rsidR="00C506B2" w:rsidRDefault="004C7932" w:rsidP="004C7932">
+    <w:pPr>
+      <w:pStyle w:val="Footersmalltext"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">phone: </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>205.</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>934</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>9911</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  |</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  fax: </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>205.</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>934</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>5427</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  |</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>innovation@</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>uab.edu  |</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B014D7">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  www.uab.edu/</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      </w:rPr>
+      <w:t>innovation</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="74188154" w14:textId="77777777" w:rsidR="00146DFE" w:rsidRDefault="00146DFE" w:rsidP="00C506B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3BF03A13" w14:textId="77777777" w:rsidR="00146DFE" w:rsidRDefault="00146DFE" w:rsidP="00C506B2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1503545E" w14:textId="627A8A54" w:rsidR="00C506B2" w:rsidRDefault="00C506B2" w:rsidP="00C506B2">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1219A5B0" wp14:editId="7CF61D5C">
+          <wp:extent cx="2419350" cy="687236"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="905641920" name="Picture 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2485536" cy="706037"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33BE3FE7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="719C0DC4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1145,176 +1551,192 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1302811627">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F5F84"/>
     <w:rsid w:val="000262C9"/>
+    <w:rsid w:val="00072DF7"/>
     <w:rsid w:val="000C1712"/>
     <w:rsid w:val="000D17D9"/>
     <w:rsid w:val="000F3F41"/>
     <w:rsid w:val="00123860"/>
     <w:rsid w:val="00134C55"/>
+    <w:rsid w:val="00146DFE"/>
     <w:rsid w:val="00153491"/>
     <w:rsid w:val="00175B10"/>
     <w:rsid w:val="00184212"/>
     <w:rsid w:val="001969CA"/>
     <w:rsid w:val="001B189E"/>
     <w:rsid w:val="001F6720"/>
     <w:rsid w:val="00227C9A"/>
     <w:rsid w:val="00234327"/>
     <w:rsid w:val="00244C87"/>
     <w:rsid w:val="00254FB4"/>
     <w:rsid w:val="00300286"/>
     <w:rsid w:val="00316AAB"/>
     <w:rsid w:val="00345F58"/>
     <w:rsid w:val="003825C5"/>
     <w:rsid w:val="003929EB"/>
     <w:rsid w:val="004234F1"/>
+    <w:rsid w:val="00424F2C"/>
     <w:rsid w:val="00447141"/>
     <w:rsid w:val="004652A8"/>
     <w:rsid w:val="004657E5"/>
     <w:rsid w:val="00466C25"/>
     <w:rsid w:val="004A042A"/>
     <w:rsid w:val="004B78B3"/>
     <w:rsid w:val="004C5496"/>
+    <w:rsid w:val="004C7932"/>
     <w:rsid w:val="004D2EE1"/>
     <w:rsid w:val="004D5398"/>
+    <w:rsid w:val="00514A44"/>
     <w:rsid w:val="0053494F"/>
+    <w:rsid w:val="00596CC5"/>
     <w:rsid w:val="005F50A6"/>
     <w:rsid w:val="006043C9"/>
     <w:rsid w:val="00643AAD"/>
     <w:rsid w:val="0065561E"/>
     <w:rsid w:val="00657714"/>
     <w:rsid w:val="006842C1"/>
     <w:rsid w:val="006B66AC"/>
     <w:rsid w:val="006C44E9"/>
     <w:rsid w:val="006D73A6"/>
     <w:rsid w:val="007040F9"/>
     <w:rsid w:val="00731B79"/>
     <w:rsid w:val="007505CB"/>
     <w:rsid w:val="007F0665"/>
     <w:rsid w:val="007F4383"/>
     <w:rsid w:val="00833CA5"/>
     <w:rsid w:val="00852163"/>
     <w:rsid w:val="008747B0"/>
     <w:rsid w:val="00883252"/>
     <w:rsid w:val="008B0CAB"/>
     <w:rsid w:val="0093340C"/>
     <w:rsid w:val="00962565"/>
     <w:rsid w:val="009F5F84"/>
     <w:rsid w:val="00A236D4"/>
     <w:rsid w:val="00AC4DE5"/>
     <w:rsid w:val="00AF52DA"/>
     <w:rsid w:val="00AF7472"/>
     <w:rsid w:val="00B01384"/>
     <w:rsid w:val="00B1052B"/>
     <w:rsid w:val="00B239B7"/>
     <w:rsid w:val="00B64B9A"/>
     <w:rsid w:val="00B66FB1"/>
     <w:rsid w:val="00B7518F"/>
     <w:rsid w:val="00BC48EF"/>
     <w:rsid w:val="00BE72E4"/>
+    <w:rsid w:val="00C506B2"/>
     <w:rsid w:val="00C801DD"/>
     <w:rsid w:val="00CD0815"/>
     <w:rsid w:val="00D37E99"/>
+    <w:rsid w:val="00D73563"/>
     <w:rsid w:val="00DD3A5F"/>
     <w:rsid w:val="00DF65DE"/>
     <w:rsid w:val="00E06669"/>
     <w:rsid w:val="00E3697A"/>
     <w:rsid w:val="00E3775C"/>
     <w:rsid w:val="00FA2B18"/>
     <w:rsid w:val="00FD5904"/>
     <w:rsid w:val="00FD605E"/>
     <w:rsid w:val="00FE7536"/>
     <w:rsid w:val="00FF69B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6778FE75"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C6090E32-7E8D-419A-A858-64284E462AA2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2226,90 +2648,158 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00123860"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00123860"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C506B2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C506B2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C506B2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C506B2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footersmalltext">
+    <w:name w:val="Footer small text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C7932"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Proxima Nova Light" w:hAnsi="Proxima Nova Light" w:cs="Proxima Nova Light"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="151798270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="179316304">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:innovation@uab.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uab.edu/innovation/faculty-researchers/disclose-an-invention" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:innovation@uab.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uab.edu/innovation/faculty-researchers/disclose-an-invention" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2568,69 +3058,101 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>223</Words>
-  <Characters>1272</Characters>
+  <Words>225</Words>
+  <Characters>1281</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Alabama at Birmingham</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1493</CharactersWithSpaces>
+  <CharactersWithSpaces>1490</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Brown, Audrey</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>e0cd1cba-a732-48a7-af1d-3064b5fa1c0d</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SetDate">
+    <vt:lpwstr>2026-01-20T16:05:56Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Name">
+    <vt:lpwstr>Sensitive</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SiteId">
+    <vt:lpwstr>d8999fe4-76af-40b3-b435-1d8977abc08c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ActionId">
+    <vt:lpwstr>6f9a6d78-bda1-4810-ae52-2dda2c04ba7a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>